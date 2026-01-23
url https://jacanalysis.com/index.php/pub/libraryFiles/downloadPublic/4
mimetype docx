--- v0 (2025-12-07)
+++ v1 (2026-01-23)
@@ -1,7077 +1,22608 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
+  <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+  <w:background w:color="FFFFFF" w:themeColor="background1"/>
   <w:body>
-    <w:p w14:paraId="0C67BE15" w14:textId="799A47A1" w:rsidR="00BB7D31" w:rsidRPr="009509F2" w:rsidRDefault="00D36E65" w:rsidP="00B95892">
+    <w:p w14:paraId="0954B209" w14:textId="5BE2820B" w:rsidR="008201ED" w:rsidRPr="009A5465" w:rsidRDefault="001B7B23" w:rsidP="00691CD8">
       <w:pPr>
-        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:widowControl/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="tr-TR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A5465">
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="tr-TR" w:eastAsia="tr-TR"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="487833088" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2BC5091A" wp14:editId="2234D484">
+            <wp:simplePos x="0" y="0"/>
+            <wp:positionH relativeFrom="margin">
+              <wp:posOffset>2060575</wp:posOffset>
+            </wp:positionH>
+            <wp:positionV relativeFrom="paragraph">
+              <wp:posOffset>301625</wp:posOffset>
+            </wp:positionV>
+            <wp:extent cx="1297940" cy="1104900"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:wrapTight wrapText="bothSides">
+              <wp:wrapPolygon edited="0">
+                <wp:start x="0" y="0"/>
+                <wp:lineTo x="0" y="21228"/>
+                <wp:lineTo x="21241" y="21228"/>
+                <wp:lineTo x="21241" y="0"/>
+                <wp:lineTo x="0" y="0"/>
+              </wp:wrapPolygon>
+            </wp:wrapTight>
+            <wp:docPr id="2" name="Resim 2"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId8" cstate="print">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="1297940" cy="1104900"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+            <wp14:sizeRelH relativeFrom="margin">
+              <wp14:pctWidth>0</wp14:pctWidth>
+            </wp14:sizeRelH>
+            <wp14:sizeRelV relativeFrom="margin">
+              <wp14:pctHeight>0</wp14:pctHeight>
+            </wp14:sizeRelV>
+          </wp:anchor>
+        </w:drawing>
+      </w:r>
+      <w:r w:rsidRPr="009A5465">
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="tr-TR" w:eastAsia="tr-TR"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="487803392" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="576B4A64" wp14:editId="1C9A34B9">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="margin">
+                  <wp:align>right</wp:align>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>0</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="5720080" cy="10795"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapTight wrapText="bothSides">
+                  <wp:wrapPolygon edited="0">
+                    <wp:start x="0" y="0"/>
+                    <wp:lineTo x="0" y="21600"/>
+                    <wp:lineTo x="21600" y="21600"/>
+                    <wp:lineTo x="21600" y="0"/>
+                  </wp:wrapPolygon>
+                </wp:wrapTight>
+                <wp:docPr id="1577644471" name="docshape9"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr>
+                        <a:spLocks noChangeArrowheads="1"/>
+                      </wps:cNvSpPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="5720080" cy="10795"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:solidFill>
+                          <a:srgbClr val="000000"/>
+                        </a:solidFill>
+                        <a:ln>
+                          <a:noFill/>
+                        </a:ln>
+                        <a:extLst>
+                          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                              <a:solidFill>
+                                <a:srgbClr val="000000"/>
+                              </a:solidFill>
+                              <a:miter lim="800000"/>
+                              <a:headEnd/>
+                              <a:tailEnd/>
+                            </a14:hiddenLine>
+                          </a:ext>
+                        </a:extLst>
+                      </wps:spPr>
+                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="page">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="page">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du">
+            <w:pict>
+              <v:rect w14:anchorId="0A71A463" id="docshape9" o:spid="_x0000_s1026" style="position:absolute;margin-left:399.2pt;margin-top:0;width:450.4pt;height:.85pt;z-index:-15513088;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:right;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA91+t/4wEAALQDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vjgu0rU14hRFig4D&#10;ugvQ9QMYWbaFyaJGKXGyrx8lp2nQvQ3zgyCK4hHP4fHydj9YsdMUDLpalrO5FNopbIzravn84+HD&#10;tRQhgmvAotO1POggb1fv3y1HX+kL7NE2mgSDuFCNvpZ9jL4qiqB6PUCYodeOky3SAJFD6oqGYGT0&#10;wRYX8/nHYkRqPKHSIfDp/ZSUq4zftlrFb20bdBS2ltxbzCvldZPWYrWEqiPwvVHHNuAfuhjAOH70&#10;BHUPEcSWzF9Qg1GEAds4UzgU2LZG6cyB2ZTzN2yeevA6c2Fxgj/JFP4frPq6e/LfKbUe/COqn0E4&#10;XPfgOn1HhGOvoeHnyiRUMfpQnQpSELhUbMYv2PBoYRsxa7BvaUiAzE7ss9SHk9R6H4Xiw8srnt41&#10;T0Rxrpxf3VzmF6B6KfYU4ieNg0ibWhJPMoPD7jHE1AxUL1dy82hN82CszQF1m7UlsYM09fwd0cP5&#10;NevSZYepbEJMJ5llIpY8FKoNNgcmSThZh63Omx7ptxQj26aW4dcWSEthPzsW6qZcLJLPcrBILKWg&#10;88zmPANOMVQtoxTTdh0nb249ma7nl8pM2uEdi9uaTPy1q2OzbI2sx9HGyXvncb71+rOt/gAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAM3gxzfaAAAAAwEAAA8AAABkcnMvZG93bnJldi54bWxMj81uwjAQhO+V&#10;eAdrkXordlF/IMRBpVKPlYD2ADcn3iYR8Tq1DaR9+i69tJeVRjOa/SZfDq4TJwyx9aThdqJAIFXe&#10;tlRreH97uZmBiMmQNZ0n1PCFEZbF6Co3mfVn2uBpm2rBJRQzo6FJqc+kjFWDzsSJ75HY+/DBmcQy&#10;1NIGc+Zy18mpUg/SmZb4Q2N6fG6wOmyPTsNqPlt9ru/o9XtT7nG/Kw/306C0vh4PTwsQCYf0F4YL&#10;PqNDwUylP5KNotPAQ9LvZW+uFM8oOfQIssjlf/biBwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS&#10;/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgA&#10;AAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgA&#10;AAAhAD3X63/jAQAAtAMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAG&#10;AAgAAAAhAM3gxzfaAAAAAwEAAA8AAAAAAAAAAAAAAAAAPQQAAGRycy9kb3ducmV2LnhtbFBLBQYA&#10;AAAABAAEAPMAAABEBQAAAAA=&#10;" fillcolor="black" stroked="f">
+                <w10:wrap type="tight" anchorx="margin"/>
+              </v:rect>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r w:rsidR="008922A4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="tr-TR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_Hlk217943329"/>
+      <w:bookmarkStart w:id="1" w:name="_Hlk217943285"/>
+    </w:p>
+    <w:p w14:paraId="022568EF" w14:textId="656120E0" w:rsidR="00CC5B16" w:rsidRPr="009A5465" w:rsidRDefault="00CC5B16" w:rsidP="00CE41B2">
+      <w:pPr>
+        <w:pStyle w:val="Balk4"/>
+        <w:spacing w:before="0" w:line="214" w:lineRule="auto"/>
+        <w:ind w:left="2160" w:right="3254" w:firstLine="288"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:lang w:val="tr-TR" w:eastAsia="tr-TR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A5465">
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="tr-TR" w:eastAsia="tr-TR"/>
+        </w:rPr>
+        <w:t>●</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="2" w:name="_Hlk217943385"/>
+      <w:r w:rsidRPr="009A5465">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:lang w:val="tr-TR" w:eastAsia="tr-TR"/>
+        </w:rPr>
+        <w:t>Volume</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE41B2" w:rsidRPr="009A5465">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:lang w:val="tr-TR" w:eastAsia="tr-TR"/>
+        </w:rPr>
+        <w:t>/Cilt</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A5465">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:lang w:val="tr-TR" w:eastAsia="tr-TR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidR="00530C9A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:lang w:val="tr-TR" w:eastAsia="tr-TR"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A5465">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:lang w:val="tr-TR" w:eastAsia="tr-TR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ●Issue</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE41B2" w:rsidRPr="009A5465">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:lang w:val="tr-TR" w:eastAsia="tr-TR"/>
+        </w:rPr>
+        <w:t>/Sayı</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A5465">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:lang w:val="tr-TR" w:eastAsia="tr-TR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidR="00530C9A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:lang w:val="tr-TR" w:eastAsia="tr-TR"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="70375A9C" w14:textId="690A39C8" w:rsidR="00CC5B16" w:rsidRPr="009A5465" w:rsidRDefault="00055966" w:rsidP="00CE41B2">
+      <w:pPr>
+        <w:pStyle w:val="Balk4"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="6946"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:line="214" w:lineRule="auto"/>
+        <w:ind w:left="2977" w:right="2036" w:hanging="1537"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:lang w:val="tr-TR" w:eastAsia="tr-TR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:lang w:val="tr-TR" w:eastAsia="tr-TR"/>
+        </w:rPr>
+        <w:t>June</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE41B2" w:rsidRPr="009A5465">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:lang w:val="tr-TR" w:eastAsia="tr-TR"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:lang w:val="tr-TR" w:eastAsia="tr-TR"/>
+        </w:rPr>
+        <w:t>Haziran</w:t>
+      </w:r>
+      <w:r w:rsidR="00CC5B16" w:rsidRPr="009A5465">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:lang w:val="tr-TR" w:eastAsia="tr-TR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 202</w:t>
+      </w:r>
+      <w:r w:rsidR="00530C9A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:lang w:val="tr-TR" w:eastAsia="tr-TR"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7807759F" w14:textId="77777777" w:rsidR="001B286B" w:rsidRPr="009A5465" w:rsidRDefault="001B286B" w:rsidP="001B286B">
+      <w:pPr>
+        <w:pStyle w:val="Balk4"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="6946"/>
+        </w:tabs>
+        <w:spacing w:before="120" w:line="214" w:lineRule="auto"/>
+        <w:ind w:left="2606" w:right="0" w:firstLine="288"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:lang w:val="tr-TR" w:eastAsia="tr-TR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Hlk217943430"/>
+      <w:bookmarkEnd w:id="2"/>
+      <w:r w:rsidRPr="009A5465">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:lang w:val="tr-TR" w:eastAsia="tr-TR"/>
+        </w:rPr>
+        <w:t>Research Article/Araştırma Makalesi</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="3"/>
+    <w:p w14:paraId="169BFEF3" w14:textId="77777777" w:rsidR="00CC5B16" w:rsidRPr="009A5465" w:rsidRDefault="00CC5B16" w:rsidP="00CC5B16">
+      <w:pPr>
+        <w:pStyle w:val="Balk4"/>
+        <w:spacing w:before="0"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4EAC0AD8" w14:textId="57163ADE" w:rsidR="00CC5B16" w:rsidRPr="009A5465" w:rsidRDefault="00992D3A" w:rsidP="00992D3A">
+      <w:pPr>
+        <w:widowControl/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
           <w:b/>
-          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="tr-TR"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00992D3A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
           <w:b/>
-          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="tr-TR"/>
+        </w:rPr>
+        <w:t>Türkçe Başlık Türkçe Başlık Türkçe Başlık Türkçe Başlık Türkçe Başlık</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3928EF97" w14:textId="3C7ED0A3" w:rsidR="00CC5B16" w:rsidRPr="009A5465" w:rsidRDefault="00992D3A" w:rsidP="00992D3A">
+      <w:pPr>
+        <w:widowControl/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:spacing w:before="120"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
           <w:b/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...4 lines deleted...]
-      </w:r>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="tr-TR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00992D3A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="tr-TR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">English </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00992D3A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="tr-TR"/>
+        </w:rPr>
+        <w:t>Title</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00992D3A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="tr-TR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> English </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00992D3A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="tr-TR"/>
+        </w:rPr>
+        <w:t>Title</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00992D3A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="tr-TR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> English </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00992D3A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="tr-TR"/>
+        </w:rPr>
+        <w:t>Title</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00992D3A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="tr-TR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> English </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00992D3A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="tr-TR"/>
+        </w:rPr>
+        <w:t>Title</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00992D3A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="tr-TR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> English </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00992D3A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="tr-TR"/>
+        </w:rPr>
+        <w:t>Title</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00992D3A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="tr-TR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> English </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00992D3A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="tr-TR"/>
+        </w:rPr>
+        <w:t>Title</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w14:paraId="1C19E184" w14:textId="77777777" w:rsidR="00F83BC3" w:rsidRDefault="00F83BC3" w:rsidP="00E30D86">
+    <w:bookmarkEnd w:id="0"/>
+    <w:p w14:paraId="15BE40A0" w14:textId="670969FF" w:rsidR="00CC5B16" w:rsidRDefault="00992D3A" w:rsidP="001D6301">
       <w:pPr>
-        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:widowControl/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="tr-TR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="tr-TR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00646A52">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="tr-TR"/>
+        </w:rPr>
+        <w:t>X Y</w:t>
+      </w:r>
+      <w:r w:rsidR="007C7ACA">
+        <w:rPr>
+          <w:rStyle w:val="DipnotBavurusu"/>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="tr-TR"/>
+        </w:rPr>
+        <w:footnoteReference w:customMarkFollows="1" w:id="1"/>
+        <w:t>1</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1"/>
+    <w:p w14:paraId="15407AA3" w14:textId="4A1E1300" w:rsidR="00D539E0" w:rsidRDefault="00CC5B16" w:rsidP="001D6301">
+      <w:pPr>
+        <w:pStyle w:val="GvdeMetni"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
           <w:b/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:lang w:val="tr-TR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F83BC3">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="009A5465">
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="tr-TR" w:eastAsia="tr-TR"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="487805440" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="265A09B5" wp14:editId="673326C3">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="margin">
+                  <wp:align>left</wp:align>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>57785</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="5720400" cy="10800"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapTight wrapText="bothSides">
+                  <wp:wrapPolygon edited="0">
+                    <wp:start x="0" y="0"/>
+                    <wp:lineTo x="0" y="21600"/>
+                    <wp:lineTo x="21600" y="21600"/>
+                    <wp:lineTo x="21600" y="0"/>
+                  </wp:wrapPolygon>
+                </wp:wrapTight>
+                <wp:docPr id="1493612845" name="docshape10"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr>
+                        <a:spLocks noChangeArrowheads="1"/>
+                      </wps:cNvSpPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm flipV="1">
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="5720400" cy="10800"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:solidFill>
+                          <a:srgbClr val="000000"/>
+                        </a:solidFill>
+                        <a:ln>
+                          <a:noFill/>
+                        </a:ln>
+                        <a:extLst>
+                          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                              <a:solidFill>
+                                <a:srgbClr val="000000"/>
+                              </a:solidFill>
+                              <a:miter lim="800000"/>
+                              <a:headEnd/>
+                              <a:tailEnd/>
+                            </a14:hiddenLine>
+                          </a:ext>
+                        </a:extLst>
+                      </wps:spPr>
+                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="page">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="page">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du">
+            <w:pict>
+              <v:rect w14:anchorId="5A888AF0" id="docshape10" o:spid="_x0000_s1026" style="position:absolute;margin-left:0;margin-top:4.55pt;width:450.45pt;height:.85pt;flip:y;z-index:-15511040;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:left;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCkNHu15wEAAL4DAAAOAAAAZHJzL2Uyb0RvYy54bWysU8GO0zAQvSPxD5bvNElVYImarlZdLUJa&#10;YKWFvTuOnVg4HjN2m5avZ+yUbsXeEDlYHs/M87znl/X1YbRsrzAYcA2vFiVnyknojOsb/v3b3Zsr&#10;zkIUrhMWnGr4UQV+vXn9aj35Wi1hANspZATiQj35hg8x+rooghzUKMICvHKU1ICjiBRiX3QoJkIf&#10;bbEsy3fFBNh5BKlCoNPbOck3GV9rJeNXrYOKzDacZot5xby2aS02a1H3KPxg5GkM8Q9TjMI4uvQM&#10;dSuiYDs0L6BGIxEC6LiQMBagtZEqcyA2VfkXm8dBeJW5kDjBn2UK/w9Wftk/+gdMowd/D/JHYA62&#10;g3C9ukGEaVCio+uqJFQx+VCfG1IQqJW102fo6GnFLkLW4KBxZNoa/5QaEzTxZIcs+vEsujpEJunw&#10;7ftluSrpbSTlqvKKtukuUSeY1OwxxI8KRpY2DUd60wwq9vchzqV/SjINsKa7M9bmAPt2a5HtRXr/&#10;/J3Qw2WZdanYQWqbEdNJ5psoJjeFuoXuSHQRZhOR6WkzAP7ibCIDNTz83AlUnNlPjiT7UK1WyXE5&#10;WCWWnOFlpr3MCCcJquGRs3m7jbNLdx5NP9BNs5IObkhmbTLx56lOw5JJsnQnQycXXsa56vm32/wG&#10;AAD//wMAUEsDBBQABgAIAAAAIQCry0Nr3AAAAAUBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BS8NA&#10;FITvQv/D8gpexO5WtDQxmyIVQRAPqQoet9lnEpt9G7KbNvn3Pk/tcZhh5ptsM7pWHLEPjScNy4UC&#10;gVR621Cl4fPj5XYNIkRD1rSeUMOEATb57CozqfUnKvC4i5XgEgqp0VDH2KVShrJGZ8LCd0js/fje&#10;mciyr6TtzYnLXSvvlFpJZxrihdp0uK2xPOwGp+Gt9A83z7H43h6m96/p95WG+4K0vp6PT48gIo7x&#10;HIZ/fEaHnJn2fiAbRKuBj0QNyRIEm4lSCYg9p9QaZJ7JS/r8DwAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhAKQ0e7XnAQAAvgMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhAKvLQ2vcAAAABQEAAA8AAAAAAAAAAAAAAAAAQQQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAABKBQAAAAA=&#10;" fillcolor="black" stroked="f">
+                <w10:wrap type="tight" anchorx="margin"/>
+              </v:rect>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r w:rsidR="000F17E0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
           <w:b/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...16 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+          <w:lang w:val="tr-TR"/>
+        </w:rPr>
+        <w:t>Öz</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="4" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="4"/>
     </w:p>
-    <w:p w14:paraId="55BCA18D" w14:textId="77777777" w:rsidR="00F83BC3" w:rsidRDefault="00F83BC3" w:rsidP="00E30D86">
-[...576 lines deleted...]
-    <w:p w14:paraId="627014B0" w14:textId="3C11FD14" w:rsidR="00BB7D31" w:rsidRDefault="00BB7D31" w:rsidP="00E30D86">
+    <w:p w14:paraId="2E75399E" w14:textId="77777777" w:rsidR="00C62565" w:rsidRPr="00054A38" w:rsidRDefault="00C62565" w:rsidP="001D6301">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00E30D86">
-[...76 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Çalışmanın</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>kapsamını</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>amacını</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ulaşılan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>sonuçları</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ve</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>kullanılan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>yöntemi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>belirten</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 100-250 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>kelimelik</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (10 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>punto</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>öz</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>yer</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>almalıdır</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Paragraftaki</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>önce</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ve</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>sonra</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>aralığı</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 0 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>nk</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ve</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>satır</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>aralığı</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1,5 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>satır</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>aralık</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ölçüsü</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>olmalıdır</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Çalışmanın</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>kapsamını</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>amacını</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ulaşılan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>sonuçları</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ve</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>kullanılan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>yöntemi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>belirten</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 100-250 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>kelimelik</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (10 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>punto</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>öz</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>yer</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>almalıdır</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Paragraftaki</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>önce</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ve</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>sonra</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>aralığı</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 0 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>nk</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ve</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>satır</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>aralığı</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1,5 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>satır</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>aralık</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ölçüsü</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>olmalıdır</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Çalışmanın</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>kapsamını</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>amacını</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ulaşılan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>sonuçları</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ve</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>kullanılan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>yöntemi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>belirten</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 100-250 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>kelimelik</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (10 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>punto</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>öz</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>yer</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>almalıdır</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Paragraftaki</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>önce</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ve</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>sonra</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>aralığı</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 0 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>nk</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ve</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>satır</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>aralığı</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1,5 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>satır</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>aralık</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ölçüsü</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>olmalıdır</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Çalışmanın</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>kapsamını</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>amacını</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ulaşılan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>sonuçları</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ve</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>kullanılan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>yöntemi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>belirten</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 100-250 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>kelimelik</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (10 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>punto</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>öz</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>yer</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>almalıdır</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Paragraftaki</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>önce</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ve</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>sonra</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>aralığı</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 0 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>nk</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ve</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>satır</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>aralığı</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1,5 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>satır</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>aralık</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ölçüsü</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>olmalıdır</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Çalışmanın</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>kapsamını</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>amacını</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ulaşılan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>sonuçları</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ve</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>kullanılan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>yöntemi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>belirten</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 100-250 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>kelimelik</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (10 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>punto</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>öz</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>yer</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>almalıdır</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Paragraftaki</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>önce</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ve</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>sonra</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>aralığı</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 0 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>nk</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ve</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>satır</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>aralığı</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1,5 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>satır</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>aralık</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ölçüsü</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>olmalıdır</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="495DE984" w14:textId="05D0A232" w:rsidR="00B830AD" w:rsidRDefault="006577EC" w:rsidP="00B830AD">
+    <w:p w14:paraId="62301B44" w14:textId="77777777" w:rsidR="00C62565" w:rsidRPr="00054A38" w:rsidRDefault="00C62565" w:rsidP="00C62565">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006577EC">
-[...100 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w14:paraId="179DC98A" w14:textId="77777777" w:rsidR="00B830AD" w:rsidRDefault="00B830AD" w:rsidP="00B830AD">
+    <w:p w14:paraId="6A92FABC" w14:textId="3E26090C" w:rsidR="00C62565" w:rsidRPr="00054A38" w:rsidRDefault="00C62565" w:rsidP="00C62565">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Anahtar</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Kelimeler</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3-5 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>adet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>belirlenmelidir</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00BC62D3">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Tüm</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00BC62D3">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00BC62D3">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>kelimelerin</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ilk </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>harfleri</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>büyük</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>olmalıdır</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="23A9E1E1" w14:textId="77777777" w:rsidR="00C62565" w:rsidRPr="00054A38" w:rsidRDefault="00C62565" w:rsidP="00C62565">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="474B3793" w14:textId="77777777" w:rsidR="00C62565" w:rsidRPr="00054A38" w:rsidRDefault="00C62565" w:rsidP="00C62565">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Abstract</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2B9FDD24" w14:textId="77777777" w:rsidR="00C62565" w:rsidRDefault="00C62565" w:rsidP="00C62565">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007F2650">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">An abstract of 100-250 words (10 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F2650">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>punto</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F2650">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>) should be included stating the scope, purpose, results obtained and method used of the study.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F8470A">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F8470A">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The spacing before and after the paragraph should be 0 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F8470A">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>nk</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F8470A">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>, and the line spacing should be 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F8470A">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007F2650">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">An abstract of 100-250 words (10 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F2650">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>punto</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F2650">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>) should be included stating the scope, purpose, results obtained and method used of the study.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F8470A">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F8470A">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The spacing before and after the paragraph should be 0 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F8470A">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>nk</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F8470A">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>, and the line spacing should be 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F8470A">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007F2650">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">An abstract of 100-250 words (10 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F2650">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>punto</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F2650">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>) should be included stating the scope, purpose, results obtained and method used of the study.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F8470A">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F8470A">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The spacing before and after the paragraph should be 0 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F8470A">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>nk</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F8470A">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>, and the line spacing should be 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F8470A">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007F2650">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">An abstract of 100-250 words (10 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F2650">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>punto</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F2650">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>) should be included stating the scope, purpose, results obtained and method used of the study.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F8470A">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F8470A">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The spacing before and after the paragraph should be 0 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F8470A">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>nk</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F8470A">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, and the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F8470A">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>line spacing should be 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F8470A">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007F2650">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">An abstract of 100-250 words (10 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F2650">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>punto</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F2650">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>) should be included stating the scope, purpose, results obtained and method used of the study.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F8470A">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F8470A">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The spacing before and after the paragraph should be 0 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F8470A">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>nk</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F8470A">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>, and the line spacing should be 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F8470A">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>5.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2EF386A5" w14:textId="00E9775F" w:rsidR="00C62565" w:rsidRPr="007F2650" w:rsidRDefault="00BC62D3" w:rsidP="00C62565">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F81363E" w14:textId="675AC392" w:rsidR="00C62565" w:rsidRPr="007F2650" w:rsidRDefault="00C62565" w:rsidP="00C62565">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007F2650">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Keywords: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007F2650">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3-5 items should be determined. </w:t>
+      </w:r>
+      <w:r w:rsidR="00BC62D3" w:rsidRPr="00BC62D3">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>All words should start with a capital letter.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="17F7C0A8" w14:textId="77777777" w:rsidR="00C62565" w:rsidRPr="00054A38" w:rsidRDefault="00C62565" w:rsidP="004C2E55">
+      <w:pPr>
+        <w:pStyle w:val="ListeParagraf"/>
+        <w:spacing w:before="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="706"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Giriş</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="16A699EB" w14:textId="77777777" w:rsidR="00C62565" w:rsidRDefault="00C62565" w:rsidP="00C62565">
+      <w:pPr>
+        <w:pStyle w:val="ListeParagraf"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="706"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Çalışmalar</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, A4 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>boyutundaki</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>kağıdın</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>bir</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>yüzüne</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>üst</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, alt, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>sağ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ve</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> sol </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>taraftan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2,5 cm. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>boşluk</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>bırakılarak</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, 12 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>punto</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Times New Roman </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>harf</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>karakterleriyle</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ve</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1,5 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>satır</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>aralık</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ölçüsü</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ile</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ve</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>iki</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>yana</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>yaslı</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>olarak</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>hazırlanmalıdır</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> İlk </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>satır</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>boşluğu</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 0.49 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>inç</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>olmalıdır</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="106B7848" w14:textId="77777777" w:rsidR="00C62565" w:rsidRDefault="00C62565" w:rsidP="00C62565">
+      <w:pPr>
+        <w:pStyle w:val="ListeParagraf"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="706"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Çalışmalar</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, A4 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>boyutundaki</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>kağıdın</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>bir</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>yüzüne</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>üst</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, alt, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>sağ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ve</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> sol </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>taraftan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2,5 cm. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>boşluk</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>bırakılarak</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, 12 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>punto</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Times New Roman </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>harf</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>karakterleriyle</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ve</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1,5 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>satır</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>aralık</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ölçüsü</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ile</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ve</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>iki</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>yana</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>yaslı</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>olarak</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>hazırlanmalıdır</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> İlk </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>satır</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>boşluğu</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 0.49 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>inç</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>olmalıdır</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="05F22692" w14:textId="77777777" w:rsidR="00C62565" w:rsidRDefault="00C62565" w:rsidP="00C62565">
+      <w:pPr>
+        <w:pStyle w:val="ListeParagraf"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="706"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Çalışmalar</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, A4 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>boyutundaki</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>kağıdın</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>bir</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>yüzüne</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>üst</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, alt, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>sağ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ve</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> sol </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>taraftan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2,5 cm. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>boşluk</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>bırakılarak</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, 12 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>punto</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Times New Roman </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>harf</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>karakterleriyle</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ve</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1,5 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>satır</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>aralık</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ölçüsü</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ile</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ve</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>iki</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>yana</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>yaslı</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>olarak</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>hazırlanmalıdır</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> İlk </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>satır</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>boşluğu</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 0.49 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>inç</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>olmalıdır</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="298AB7FF" w14:textId="77777777" w:rsidR="00422DFB" w:rsidRDefault="00C62565" w:rsidP="00422DFB">
+      <w:pPr>
+        <w:pStyle w:val="ListeParagraf"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="706"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001061B7">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Kaynaklar</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001061B7">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001061B7">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>metinde</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001061B7">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001061B7">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>parantez</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001061B7">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001061B7">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>içinde</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001061B7">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001061B7">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>yazarların</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001061B7">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001061B7">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>soyadı</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001061B7">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001061B7">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ve</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001061B7">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001061B7">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>yayın</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001061B7">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001061B7">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>tarihi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001061B7">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001061B7">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>yazılara</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>k</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001061B7">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>belirtilmelidir</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001061B7">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001061B7">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Birden</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001061B7">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001061B7">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>fazla</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001061B7">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001061B7">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>kaynak</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001061B7">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001061B7">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>gösterilecekse</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001061B7">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001061B7">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>kaynaklar</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001061B7">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001061B7">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>arasında</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001061B7">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (;) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001061B7">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>işareti</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001061B7">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001061B7">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>kullanılmalıdır</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001061B7">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001061B7">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Kaynaklar</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001061B7">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001061B7">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>alfabetik</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001061B7">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001061B7">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>olarak</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001061B7">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001061B7">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>sıralanmalıdır</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001061B7">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0B6F7609" w14:textId="77777777" w:rsidR="00422DFB" w:rsidRDefault="00422DFB" w:rsidP="00422DFB">
+      <w:pPr>
+        <w:pStyle w:val="ListeParagraf"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="706"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00422DFB">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">APA 7 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00422DFB">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>kurallarına</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00422DFB">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>sık</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>kullanılan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>bazı</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>örnekler</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>aşağıdaki</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>gibidir</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="72484119" w14:textId="1E3CA45A" w:rsidR="00422DFB" w:rsidRDefault="00422DFB" w:rsidP="00422DFB">
+      <w:pPr>
+        <w:pStyle w:val="ListeParagraf"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="706"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00422DFB">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>İki</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00422DFB">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00422DFB">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>yazarlı</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00422DFB">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00422DFB">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>çalışmalar</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00422DFB">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00422DFB">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>cümle</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00422DFB">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00422DFB">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>başında</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00422DFB">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00422DFB">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Bulut</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00422DFB">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00115851">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ve</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00422DFB">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00422DFB">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Ulufer</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00422DFB">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (2010) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00422DFB">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Cümle</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00422DFB">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00422DFB">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>sonunda</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00422DFB">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>: (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00422DFB">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Bulut</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00422DFB">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> &amp; </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00422DFB">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Ulufer</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00422DFB">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, 2010)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4839F4A2" w14:textId="3F734D56" w:rsidR="00422DFB" w:rsidRDefault="00422DFB" w:rsidP="00422DFB">
+      <w:pPr>
+        <w:pStyle w:val="ListeParagraf"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="706"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00422DFB">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Sayfa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00422DFB">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00422DFB">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>numarası</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00422DFB">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00422DFB">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>varsa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00422DFB">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00422DFB">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>cümle</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00422DFB">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00422DFB">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>başında</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00422DFB">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00422DFB">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Bulut</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00422DFB">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00115851">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ve</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00422DFB">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00422DFB">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Ulufer</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00422DFB">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (2010, </w:t>
+      </w:r>
+      <w:r w:rsidR="00115851">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00422DFB">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. 13) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00422DFB">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Cümle</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00422DFB">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00422DFB">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>sonunda</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00422DFB">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>: (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00422DFB">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Bulut</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00422DFB">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> &amp; </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00422DFB">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Ulufer</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00422DFB">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, 2010, </w:t>
+      </w:r>
+      <w:r w:rsidR="00115851">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ss</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00422DFB">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>. 13–16)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6FD0BB4E" w14:textId="77777777" w:rsidR="00422DFB" w:rsidRDefault="00422DFB" w:rsidP="00422DFB">
+      <w:pPr>
+        <w:pStyle w:val="ListeParagraf"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="706"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00422DFB">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Üç</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00422DFB">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00422DFB">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>veya</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00422DFB">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00422DFB">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>daha</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00422DFB">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00422DFB">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>fazla</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00422DFB">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00422DFB">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>yazarlı</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00422DFB">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00422DFB">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>çalışmalar</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00422DFB">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, İlk </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00422DFB">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>alıntıdan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00422DFB">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00422DFB">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>itibaren</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00422DFB">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00422DFB">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>yalnızca</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00422DFB">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ilk </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00422DFB">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>yazar</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00422DFB">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> + </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00422DFB">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>vd</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00422DFB">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00422DFB">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>kullanılır</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00422DFB">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="478EE306" w14:textId="33B6C44E" w:rsidR="00422DFB" w:rsidRDefault="00115851" w:rsidP="00422DFB">
+      <w:pPr>
+        <w:pStyle w:val="ListeParagraf"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="706"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Cümle</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>başında</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Bulut</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>vd</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00422DFB" w:rsidRPr="00422DFB">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (2017) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00422DFB" w:rsidRPr="00422DFB">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Cümle</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00422DFB" w:rsidRPr="00422DFB">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00422DFB" w:rsidRPr="00422DFB">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>sonunda</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00422DFB" w:rsidRPr="00422DFB">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>: (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00422DFB" w:rsidRPr="00422DFB">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Bulut</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00422DFB" w:rsidRPr="00422DFB">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>vd</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00422DFB" w:rsidRPr="00422DFB">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, 2017)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1C9CBDA9" w14:textId="6783D4FD" w:rsidR="00422DFB" w:rsidRPr="00422DFB" w:rsidRDefault="00422DFB" w:rsidP="00422DFB">
+      <w:pPr>
+        <w:pStyle w:val="ListeParagraf"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="706"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00422DFB">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Özellikle</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00422DFB">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00422DFB">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>metin</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00422DFB">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00422DFB">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>içi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00422DFB">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00422DFB">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>alıntıların</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00422DFB">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00422DFB">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>yukarıda</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00422DFB">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00422DFB">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>verilen</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00422DFB">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00422DFB">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>örneklere</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00422DFB">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00422DFB">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>birebir</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00422DFB">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00422DFB">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>uyumlu</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00422DFB">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00422DFB">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>olması</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00422DFB">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00422DFB">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>gerekmektedir</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00422DFB">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00422DFB">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Ayrıntılı</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00422DFB">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00422DFB">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>bilgi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00422DFB">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00422DFB">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>için</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00422DFB">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> APA 7 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00422DFB">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>kuralları</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00422DFB">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00422DFB">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>incelenebilir</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00422DFB">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="069D2CD5" w14:textId="394EBC5B" w:rsidR="00C62565" w:rsidRPr="00054A38" w:rsidRDefault="00C62565" w:rsidP="00C62565">
+      <w:pPr>
+        <w:pStyle w:val="ListeParagraf"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="706"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Literatür</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="56CDA2CC" w14:textId="77777777" w:rsidR="00C62565" w:rsidRDefault="00C62565" w:rsidP="00C62565">
+      <w:pPr>
+        <w:pStyle w:val="ListeParagraf"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="706"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Çalışmalar</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, A4 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>boyutundaki</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>kağıdın</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>bir</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>yüzüne</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>üst</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, alt, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>sağ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ve</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> sol </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>taraftan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2,5 cm. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>boşluk</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>bırakılarak</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, 12 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>punto</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Times New Roman </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>harf</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>karakterleriyle</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ve</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1,5 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>satır</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>aralık</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ölçüsü</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ile</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ve</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>iki</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>yana</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>yaslı</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>olarak</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>hazırlanmalıdır</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">İlk </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>satır</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>boşluğu</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 0.49 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>inç</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>olmalıdır</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="29EB4786" w14:textId="77777777" w:rsidR="00C62565" w:rsidRDefault="00C62565" w:rsidP="00C62565">
+      <w:pPr>
+        <w:pStyle w:val="ListeParagraf"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="706"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Çalışmalar</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, A4 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>boyutundaki</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>kağıdın</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>bir</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>yüzüne</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>üst</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, alt, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>sağ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ve</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> sol </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>taraftan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2,5 cm. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>boşluk</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>bırakılarak</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, 12 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>punto</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Times New Roman </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>harf</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>karakterleriyle</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ve</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1,5 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>satır</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>aralık</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ölçüsü</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ile</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ve</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>iki</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>yana</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>yaslı</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>olarak</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>hazırlanmalıdır</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">İlk </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>satır</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>boşluğu</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 0.49 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>inç</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>olmalıdır</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4223AA3C" w14:textId="77777777" w:rsidR="00C62565" w:rsidRPr="00054A38" w:rsidRDefault="00C62565" w:rsidP="00C62565">
+      <w:pPr>
+        <w:pStyle w:val="ListeParagraf"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="706"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Çalışmalar</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, A4 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>boyutundaki</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>kağıdın</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>bir</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>yüzüne</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>üst</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, alt, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>sağ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ve</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> sol </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>taraftan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2,5 cm. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>boşluk</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>bırakılarak</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, 12 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>punto</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Times New Roman </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>harf</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>karakterleriyle</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ve</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1,5 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>satır</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>aralık</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ölçüsü</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ile</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ve</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>iki</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>yana</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>yaslı</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>olarak</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>hazırlanmalıdır</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">İlk </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>satır</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>boşluğu</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 0.49 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>inç</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>olmalıdır</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6D468F5E" w14:textId="77777777" w:rsidR="00C62565" w:rsidRDefault="00C62565" w:rsidP="00C62565">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="706"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>3.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Veri</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Seti</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Ekonometrik</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Yöntem</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ve</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Bulgular</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="46F7059B" w14:textId="77777777" w:rsidR="00C62565" w:rsidRDefault="00C62565" w:rsidP="00C62565">
+      <w:pPr>
+        <w:pStyle w:val="ListeParagraf"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="706"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Çalışmalar</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, A4 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>boyutundaki</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>kağıdın</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>bir</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>yüzüne</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>üst</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, alt, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>sağ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ve</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> sol </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>taraftan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2,5 cm. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>boşluk</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>bırakılarak</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, 12 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>punto</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Times New Roman </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>harf</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>karakterleriyle</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ve</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1,5 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>satır</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>aralık</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ölçüsü</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ile</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ve</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>iki</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>yana</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>yaslı</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>olarak</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>hazırlanmalıdır</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">İlk </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>satır</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>boşluğu</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 0.49 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>inç</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>olmalıdır</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D9ED9E9" w14:textId="77777777" w:rsidR="00C62565" w:rsidRDefault="00C62565" w:rsidP="00C62565">
+      <w:pPr>
+        <w:pStyle w:val="ListeParagraf"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="706"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Çalışmalar</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, A4 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>boyutundaki</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>kağıdın</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>bir</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>yüzüne</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>üst</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, alt, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>sağ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ve</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> sol </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>taraftan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2,5 cm. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>boşluk</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>bırakılarak</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, 12 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>punto</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Times New Roman </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>harf</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>karakterleriyle</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ve</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1,5 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>satır</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>aralık</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ölçüsü</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ile</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ve</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>iki</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>yana</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>yaslı</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>olarak</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>hazırlanmalıdır</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">İlk </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>satır</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>boşluğu</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 0.49 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>inç</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>olmalıdır</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="221A87E1" w14:textId="77777777" w:rsidR="00C62565" w:rsidRPr="00054A38" w:rsidRDefault="00C62565" w:rsidP="00C62565">
+      <w:pPr>
+        <w:pStyle w:val="ListeParagraf"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="706"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Çalışmalar</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, A4 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>boyutundaki</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>kağıdın</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>bir</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>yüzüne</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>üst</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, alt, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>sağ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ve</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> sol </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>taraftan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2,5 cm. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>boşluk</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>bırakılarak</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, 12 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>punto</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Times New Roman </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>harf</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>karakterleriyle</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ve</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1,5 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>satır</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>aralık</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ölçüsü</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ile</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ve</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>iki</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>yana</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>yaslı</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>olarak</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>hazırlanmalıdır</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">İlk </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>satır</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>boşluğu</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 0.49 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>inç</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>olmalıdır</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6EDB7A1C" w14:textId="77777777" w:rsidR="00C62565" w:rsidRDefault="00C62565" w:rsidP="00C62565">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="706"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:b/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3.1. Model </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:b/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ve</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:b/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:b/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Veri</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="74E866ED" w14:textId="77777777" w:rsidR="00C62565" w:rsidRDefault="00C62565" w:rsidP="00C62565">
+      <w:pPr>
+        <w:pStyle w:val="ListeParagraf"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="706"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Çalışmalar</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, A4 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>boyutundaki</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>kağıdın</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>bir</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>yüzüne</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>üst</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, alt, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>sağ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ve</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> sol </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>taraftan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2,5 cm. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>boşluk</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>bırakılarak</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, 12 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>punto</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Times New Roman </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>harf</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>karakterleriyle</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ve</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1,5 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>satır</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>aralık</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ölçüsü</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ile</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ve</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>iki</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>yana</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>yaslı</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>olarak</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>hazırlanmalıdır</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">İlk </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>satır</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>boşluğu</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 0.49 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>inç</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>olmalıdır</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="12C17B86" w14:textId="77777777" w:rsidR="00C62565" w:rsidRDefault="00C62565" w:rsidP="00C62565">
+      <w:pPr>
+        <w:pStyle w:val="ListeParagraf"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="706"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Çalışmalar</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, A4 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>boyutundaki</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>kağıdın</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>bir</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>yüzüne</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>üst</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, alt, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>sağ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ve</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> sol </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>taraftan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2,5 cm. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>boşluk</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>bırakılarak</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, 12 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>punto</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Times New Roman </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>harf</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>karakterleriyle</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ve</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1,5 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>satır</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>aralık</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ölçüsü</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ile</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ve</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>iki</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>yana</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>yaslı</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>olarak</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>hazırlanmalıdır</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">İlk </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>satır</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>boşluğu</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 0.49 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>inç</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>olmalıdır</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="23AC8D09" w14:textId="77777777" w:rsidR="00C62565" w:rsidRPr="00054A38" w:rsidRDefault="00C62565" w:rsidP="00C62565">
+      <w:pPr>
+        <w:pStyle w:val="ListeParagraf"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="706"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Çalışmalar</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, A4 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>boyutundaki</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>kağıdın</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>bir</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>yüzüne</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>üst</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, alt, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>sağ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ve</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> sol </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>taraftan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2,5 cm. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>boşluk</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>bırakılarak</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, 12 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>punto</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Times New Roman </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>harf</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>karakterleriyle</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ve</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1,5 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>satır</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>aralık</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ölçüsü</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ile</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ve</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>iki</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>yana</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>yaslı</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>olarak</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>hazırlanmalıdır</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">İlk </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>satır</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>boşluğu</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 0.49 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>inç</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>olmalıdır</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2DAB6571" w14:textId="77777777" w:rsidR="00C62565" w:rsidRPr="00054A38" w:rsidRDefault="00C62565" w:rsidP="00C62565">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="706"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:b/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:b/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>3.1.1. A</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:b/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:b/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Testi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="235F6B5B" w14:textId="77777777" w:rsidR="00C62565" w:rsidRDefault="00C62565" w:rsidP="00C62565">
+      <w:pPr>
+        <w:pStyle w:val="ListeParagraf"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="706"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Çalışmalar</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, A4 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>boyutundaki</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>kağıdın</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>bir</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>yüzüne</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>üst</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, alt, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>sağ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ve</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> sol </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>taraftan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2,5 cm. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>boşluk</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>bırakılarak</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, 12 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>punto</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Times New Roman </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>harf</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>karakterleriyle</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ve</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1,5 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>satır</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>aralık</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ölçüsü</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ile</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ve</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>iki</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>yana</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>yaslı</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>olarak</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>hazırlanmalıdır</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">İlk </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>satır</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>boşluğu</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 0.49 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>inç</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>olmalıdır</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1EA64A97" w14:textId="77777777" w:rsidR="00C62565" w:rsidRDefault="00C62565" w:rsidP="00C62565">
+      <w:pPr>
+        <w:pStyle w:val="ListeParagraf"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="706"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Çalışmalar</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, A4 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>boyutundaki</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>kağıdın</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>bir</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>yüzüne</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>üst</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, alt, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>sağ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ve</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> sol </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>taraftan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2,5 cm. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>boşluk</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>bırakılarak</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, 12 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>punto</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Times New Roman </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>harf</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>karakterleriyle</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ve</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1,5 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>satır</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>aralık</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ölçüsü</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ile</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ve</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>iki</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>yana</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>yaslı</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>olarak</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>hazırlanmalıdır</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">İlk </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>satır</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>boşluğu</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 0.49 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>inç</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>olmalıdır</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C885619" w14:textId="77777777" w:rsidR="00C62565" w:rsidRDefault="00C62565" w:rsidP="00C62565">
+      <w:pPr>
+        <w:pStyle w:val="ListeParagraf"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="706"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Çalışmalar</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, A4 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>boyutundaki</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>kağıdın</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>bir</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>yüzüne</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>üst</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, alt, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>sağ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ve</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> sol </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>taraftan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2,5 cm. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>boşluk</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>bırakılarak</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, 12 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>punto</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Times New Roman </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>harf</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>karakterleriyle</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ve</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1,5 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>satır</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>aralık</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ölçüsü</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ile</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ve</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>iki</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>yana</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>yaslı</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>olarak</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>hazırlanmalıdır</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">İlk </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>satır</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>boşluğu</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 0.49 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>inç</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>olmalıdır</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="455BF5B7" w14:textId="77777777" w:rsidR="00C62565" w:rsidRPr="00FE1CC0" w:rsidRDefault="00C62565" w:rsidP="00C62565">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="706"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Tablo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>adı</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">12 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>punto</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Times New Roman </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>harf</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>karakterleriyle</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>tablo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>adı</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>notları</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ise</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 10 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>punto</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Times New Roman </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>harf</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>karakterleriyle</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>olmalıdır</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Tablo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>içeriği</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 10 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>punto</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Times New Roman </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>harf</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>karakterleriyle</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ve</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>satır</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>aralığı</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>tek</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>olmalıdır</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Önce</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ve</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>sonra</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 0 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>nk</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>olmalıdır</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Tablo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>adı</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>koyu</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>punto</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ve</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ilk </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>harfleri</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>büyük</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>olmalıdır</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Tablo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>tasarımında</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>sadece</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ilk </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>bilgi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>satırı</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ve</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ilk </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>sütun</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>işaretli</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>olarak</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>tablonun</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>sadece</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ilk </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>toplam</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>satırında</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>çizgi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>olmalıdır</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="73EE5866" w14:textId="318DAD2B" w:rsidR="00C62565" w:rsidRPr="00054A38" w:rsidRDefault="00C62565" w:rsidP="00C62565">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...10 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-      </w:pPr>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        <w:t>Tablo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Giriş</w:t>
-[...64 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        <w:t xml:space="preserve"> 1</w:t>
+      </w:r>
+      <w:r w:rsidR="00422DFB">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-      </w:pPr>
-[...295 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-      </w:pPr>
-[...37 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>Tablo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Tablo ismi</w:t>
-      </w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>İsmi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>İsmi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>İsmi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>İsmi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>İsmi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
+        <w:tblStyle w:val="DzTablo2"/>
         <w:tblW w:w="5000" w:type="pct"/>
-        <w:jc w:val="center"/>
-[...12 lines deleted...]
-        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        <w:tblLook w:val="06A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2159"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="1649"/>
+        <w:gridCol w:w="2169"/>
+        <w:gridCol w:w="1718"/>
+        <w:gridCol w:w="1809"/>
+        <w:gridCol w:w="1718"/>
+        <w:gridCol w:w="1656"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00D64BC2" w:rsidRPr="008A7AA8" w14:paraId="6E35334E" w14:textId="77777777" w:rsidTr="00D64BC2">
+      <w:tr w:rsidR="00C62565" w:rsidRPr="00054A38" w14:paraId="29617136" w14:textId="77777777" w:rsidTr="00511091">
         <w:trPr>
+          <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="314"/>
-          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1196" w:type="pct"/>
-            <w:tcBorders>
-[...2 lines deleted...]
-            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="44DC02F8" w14:textId="77777777" w:rsidR="00D602C1" w:rsidRPr="008A7AA8" w:rsidRDefault="00D602C1" w:rsidP="00B24151">
+          <w:p w14:paraId="19C248FA" w14:textId="77777777" w:rsidR="00C62565" w:rsidRPr="00054A38" w:rsidRDefault="00C62565" w:rsidP="00511091">
             <w:pPr>
-              <w:spacing w:after="0" w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:b/>
+                <w:b w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="tr-TR"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008A7AA8">
+            <w:r w:rsidRPr="00054A38">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="tr-TR"/>
               </w:rPr>
               <w:t>CO</w:t>
             </w:r>
-            <w:r w:rsidRPr="008A7AA8">
+            <w:r w:rsidRPr="00054A38">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:vertAlign w:val="subscript"/>
                 <w:lang w:eastAsia="tr-TR"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="947" w:type="pct"/>
-            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="476ACDAB" w14:textId="77777777" w:rsidR="00D602C1" w:rsidRPr="008A7AA8" w:rsidRDefault="00D602C1" w:rsidP="00B24151">
+          <w:p w14:paraId="4D76657A" w14:textId="77777777" w:rsidR="00C62565" w:rsidRPr="00054A38" w:rsidRDefault="00C62565" w:rsidP="00511091">
             <w:pPr>
-              <w:spacing w:after="0" w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
+              <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:b/>
+                <w:b w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="tr-TR"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008A7AA8">
+            <w:r w:rsidRPr="00054A38">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="tr-TR"/>
               </w:rPr>
               <w:t>GDP</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="997" w:type="pct"/>
-            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6760F056" w14:textId="77777777" w:rsidR="00D602C1" w:rsidRPr="008A7AA8" w:rsidRDefault="00D602C1" w:rsidP="00B24151">
+          <w:p w14:paraId="521FDE2C" w14:textId="77777777" w:rsidR="00C62565" w:rsidRPr="00054A38" w:rsidRDefault="00C62565" w:rsidP="00511091">
             <w:pPr>
-              <w:spacing w:after="0" w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
+              <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:b/>
+                <w:b w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:eastAsia="tr-TR"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008A7AA8">
+            <w:r w:rsidRPr="00054A38">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="tr-TR"/>
               </w:rPr>
               <w:t>EK</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="947" w:type="pct"/>
-            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0CF0FD92" w14:textId="77777777" w:rsidR="00D602C1" w:rsidRPr="008A7AA8" w:rsidRDefault="00D602C1" w:rsidP="00B24151">
+          <w:p w14:paraId="2B9B2A8F" w14:textId="77777777" w:rsidR="00C62565" w:rsidRPr="00054A38" w:rsidRDefault="00C62565" w:rsidP="00511091">
             <w:pPr>
-              <w:spacing w:after="0" w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
+              <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:b/>
+                <w:b w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="tr-TR"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008A7AA8">
+            <w:r w:rsidRPr="00054A38">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="tr-TR"/>
               </w:rPr>
               <w:t>TS</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="913" w:type="pct"/>
-            <w:tcBorders>
-[...2 lines deleted...]
-            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="143C73DA" w14:textId="77777777" w:rsidR="00D602C1" w:rsidRPr="008A7AA8" w:rsidRDefault="00D602C1" w:rsidP="00B24151">
+          <w:p w14:paraId="7ABC6AFD" w14:textId="77777777" w:rsidR="00C62565" w:rsidRPr="00054A38" w:rsidRDefault="00C62565" w:rsidP="00511091">
             <w:pPr>
-              <w:spacing w:after="0" w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
+              <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:b/>
+                <w:b w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="tr-TR"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008A7AA8">
+            <w:r w:rsidRPr="00054A38">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="tr-TR"/>
               </w:rPr>
               <w:t>C</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D64BC2" w:rsidRPr="008A7AA8" w14:paraId="72630CB7" w14:textId="77777777" w:rsidTr="00533852">
+      <w:tr w:rsidR="00C62565" w:rsidRPr="00054A38" w14:paraId="48EF9AA0" w14:textId="77777777" w:rsidTr="00511091">
         <w:trPr>
           <w:trHeight w:val="543"/>
-          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1196" w:type="pct"/>
-            <w:tcBorders>
-[...3 lines deleted...]
-            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="09FE319F" w14:textId="77777777" w:rsidR="00D602C1" w:rsidRPr="008A7AA8" w:rsidRDefault="00D602C1" w:rsidP="00B24151">
+          <w:p w14:paraId="1A40DD7E" w14:textId="77777777" w:rsidR="00C62565" w:rsidRPr="00054A38" w:rsidRDefault="00C62565" w:rsidP="00511091">
             <w:pPr>
-              <w:spacing w:after="0" w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="tr-TR"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008A7AA8">
+            <w:r w:rsidRPr="00054A38">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="tr-TR"/>
               </w:rPr>
               <w:t>FMOLS</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="947" w:type="pct"/>
-            <w:tcBorders>
-[...2 lines deleted...]
-            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
             <w:noWrap/>
-            <w:vAlign w:val="bottom"/>
+            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="77C26505" w14:textId="77777777" w:rsidR="00D602C1" w:rsidRPr="008A7AA8" w:rsidRDefault="00D602C1" w:rsidP="00B24151">
+          <w:p w14:paraId="457DD914" w14:textId="77777777" w:rsidR="00C62565" w:rsidRPr="00054A38" w:rsidRDefault="00C62565" w:rsidP="00511091">
             <w:pPr>
-              <w:spacing w:after="0" w:line="0" w:lineRule="atLeast"/>
-              <w:jc w:val="right"/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="tr-TR"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008A7AA8">
+            <w:r w:rsidRPr="00054A38">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="tr-TR"/>
               </w:rPr>
               <w:t>0.274</w:t>
             </w:r>
-            <w:r w:rsidRPr="00533852">
+            <w:r w:rsidRPr="00054A38">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:eastAsia="tr-TR"/>
               </w:rPr>
               <w:t>***</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="77AA5CDC" w14:textId="77777777" w:rsidR="00D602C1" w:rsidRPr="008A7AA8" w:rsidRDefault="00D602C1" w:rsidP="00B24151">
+          <w:p w14:paraId="07FDB7D9" w14:textId="77777777" w:rsidR="00C62565" w:rsidRPr="00054A38" w:rsidRDefault="00C62565" w:rsidP="00511091">
             <w:pPr>
-              <w:spacing w:after="0" w:line="0" w:lineRule="atLeast"/>
-              <w:jc w:val="right"/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="tr-TR"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008A7AA8">
+            <w:r w:rsidRPr="00054A38">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="tr-TR"/>
               </w:rPr>
               <w:t>(0.076)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="997" w:type="pct"/>
-            <w:tcBorders>
-[...3 lines deleted...]
-            <w:vAlign w:val="bottom"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5DB9616D" w14:textId="77777777" w:rsidR="00D602C1" w:rsidRPr="008A7AA8" w:rsidRDefault="00D602C1" w:rsidP="00B24151">
+          <w:p w14:paraId="2B82C2AB" w14:textId="77777777" w:rsidR="00C62565" w:rsidRPr="00054A38" w:rsidRDefault="00C62565" w:rsidP="00511091">
             <w:pPr>
-              <w:spacing w:after="0" w:line="0" w:lineRule="atLeast"/>
-              <w:jc w:val="right"/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="tr-TR"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008A7AA8">
+            <w:r w:rsidRPr="00054A38">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="tr-TR"/>
               </w:rPr>
               <w:t>1.127</w:t>
             </w:r>
-            <w:r w:rsidRPr="00533852">
+            <w:r w:rsidRPr="00054A38">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:eastAsia="tr-TR"/>
               </w:rPr>
               <w:t>***</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2BDB7607" w14:textId="77777777" w:rsidR="00D602C1" w:rsidRPr="008A7AA8" w:rsidRDefault="00D602C1" w:rsidP="00B24151">
+          <w:p w14:paraId="5272F4DC" w14:textId="77777777" w:rsidR="00C62565" w:rsidRPr="00054A38" w:rsidRDefault="00C62565" w:rsidP="00511091">
             <w:pPr>
-              <w:spacing w:after="0" w:line="0" w:lineRule="atLeast"/>
-              <w:jc w:val="right"/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="tr-TR"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008A7AA8">
+            <w:r w:rsidRPr="00054A38">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="tr-TR"/>
               </w:rPr>
               <w:t>(0.123)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="947" w:type="pct"/>
-            <w:tcBorders>
-[...2 lines deleted...]
-            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
             <w:noWrap/>
-            <w:vAlign w:val="bottom"/>
+            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1D4BC5CF" w14:textId="77777777" w:rsidR="00D602C1" w:rsidRPr="008A7AA8" w:rsidRDefault="00D602C1" w:rsidP="00B24151">
+          <w:p w14:paraId="1F28747D" w14:textId="77777777" w:rsidR="00C62565" w:rsidRPr="00054A38" w:rsidRDefault="00C62565" w:rsidP="00511091">
             <w:pPr>
-              <w:spacing w:after="0" w:line="0" w:lineRule="atLeast"/>
-              <w:jc w:val="right"/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="tr-TR"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008A7AA8">
+            <w:r w:rsidRPr="00054A38">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="tr-TR"/>
               </w:rPr>
               <w:t>-0.031</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7EF052D0" w14:textId="77777777" w:rsidR="00D602C1" w:rsidRPr="008A7AA8" w:rsidRDefault="00D602C1" w:rsidP="00B24151">
+          <w:p w14:paraId="6E09ADB5" w14:textId="77777777" w:rsidR="00C62565" w:rsidRPr="00054A38" w:rsidRDefault="00C62565" w:rsidP="00511091">
             <w:pPr>
-              <w:spacing w:after="0" w:line="0" w:lineRule="atLeast"/>
-              <w:jc w:val="right"/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="tr-TR"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008A7AA8">
+            <w:r w:rsidRPr="00054A38">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="tr-TR"/>
               </w:rPr>
               <w:t>(0.044)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="913" w:type="pct"/>
-            <w:tcBorders>
-[...3 lines deleted...]
-            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="64A5F3BD" w14:textId="77777777" w:rsidR="00D602C1" w:rsidRPr="008A7AA8" w:rsidRDefault="00D602C1" w:rsidP="00B24151">
+          <w:p w14:paraId="0459F1D8" w14:textId="77777777" w:rsidR="00C62565" w:rsidRPr="00054A38" w:rsidRDefault="00C62565" w:rsidP="00511091">
             <w:pPr>
-              <w:spacing w:after="0" w:line="0" w:lineRule="atLeast"/>
-              <w:jc w:val="right"/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="tr-TR"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008A7AA8">
+            <w:r w:rsidRPr="00054A38">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="tr-TR"/>
               </w:rPr>
               <w:t>-3.611</w:t>
             </w:r>
-            <w:r w:rsidRPr="00533852">
+            <w:r w:rsidRPr="00054A38">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:eastAsia="tr-TR"/>
               </w:rPr>
               <w:t>***</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4D84955E" w14:textId="77777777" w:rsidR="00D602C1" w:rsidRPr="008A7AA8" w:rsidRDefault="00D602C1" w:rsidP="00B24151">
+          <w:p w14:paraId="099F8CF7" w14:textId="77777777" w:rsidR="00C62565" w:rsidRPr="00054A38" w:rsidRDefault="00C62565" w:rsidP="00511091">
             <w:pPr>
-              <w:spacing w:after="0" w:line="0" w:lineRule="atLeast"/>
-              <w:jc w:val="right"/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="tr-TR"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008A7AA8">
+            <w:r w:rsidRPr="00054A38">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="tr-TR"/>
               </w:rPr>
               <w:t>(0.254)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D64BC2" w:rsidRPr="008A7AA8" w14:paraId="1F8B7E0E" w14:textId="77777777" w:rsidTr="00D64BC2">
+      <w:tr w:rsidR="00C62565" w:rsidRPr="00054A38" w14:paraId="1E0A267D" w14:textId="77777777" w:rsidTr="00511091">
         <w:trPr>
           <w:trHeight w:val="160"/>
-          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1196" w:type="pct"/>
-            <w:tcBorders>
-[...3 lines deleted...]
-            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5CEBB2F4" w14:textId="77777777" w:rsidR="00D602C1" w:rsidRPr="008A7AA8" w:rsidRDefault="00D602C1" w:rsidP="00B24151">
+          <w:p w14:paraId="2B0BBD20" w14:textId="77777777" w:rsidR="00C62565" w:rsidRPr="00054A38" w:rsidRDefault="00C62565" w:rsidP="00511091">
             <w:pPr>
-              <w:spacing w:after="0" w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="tr-TR"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008A7AA8">
+            <w:r w:rsidRPr="00054A38">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="tr-TR"/>
               </w:rPr>
               <w:t>CCR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="947" w:type="pct"/>
-            <w:tcBorders>
-[...2 lines deleted...]
-            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
             <w:noWrap/>
-            <w:vAlign w:val="bottom"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="593D18D3" w14:textId="77777777" w:rsidR="00D602C1" w:rsidRPr="008A7AA8" w:rsidRDefault="00D602C1" w:rsidP="00B24151">
+          <w:p w14:paraId="7C6335A9" w14:textId="77777777" w:rsidR="00C62565" w:rsidRPr="00054A38" w:rsidRDefault="00C62565" w:rsidP="00511091">
             <w:pPr>
-              <w:spacing w:after="0" w:line="0" w:lineRule="atLeast"/>
-              <w:jc w:val="right"/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="tr-TR"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008A7AA8">
+            <w:r w:rsidRPr="00054A38">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="tr-TR"/>
               </w:rPr>
               <w:t>0.295</w:t>
             </w:r>
-            <w:r w:rsidRPr="00533852">
+            <w:r w:rsidRPr="00054A38">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:eastAsia="tr-TR"/>
               </w:rPr>
               <w:t>***</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="17EE3CDB" w14:textId="77777777" w:rsidR="00D602C1" w:rsidRPr="008A7AA8" w:rsidRDefault="00D602C1" w:rsidP="00B24151">
+          <w:p w14:paraId="050E87B7" w14:textId="77777777" w:rsidR="00C62565" w:rsidRPr="00054A38" w:rsidRDefault="00C62565" w:rsidP="00511091">
             <w:pPr>
-              <w:spacing w:after="0" w:line="0" w:lineRule="atLeast"/>
-              <w:jc w:val="right"/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="tr-TR"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008A7AA8">
+            <w:r w:rsidRPr="00054A38">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="tr-TR"/>
               </w:rPr>
               <w:t>(0.070)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="997" w:type="pct"/>
-            <w:tcBorders>
-[...3 lines deleted...]
-            <w:vAlign w:val="bottom"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="29A16E1C" w14:textId="77777777" w:rsidR="00D602C1" w:rsidRPr="008A7AA8" w:rsidRDefault="00D602C1" w:rsidP="00B24151">
+          <w:p w14:paraId="19791993" w14:textId="77777777" w:rsidR="00C62565" w:rsidRPr="00054A38" w:rsidRDefault="00C62565" w:rsidP="00511091">
             <w:pPr>
-              <w:spacing w:after="0" w:line="0" w:lineRule="atLeast"/>
-              <w:jc w:val="right"/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="tr-TR"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008A7AA8">
+            <w:r w:rsidRPr="00054A38">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="tr-TR"/>
               </w:rPr>
               <w:t>1.125</w:t>
             </w:r>
-            <w:r w:rsidRPr="00533852">
+            <w:r w:rsidRPr="00054A38">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:eastAsia="tr-TR"/>
               </w:rPr>
               <w:t>***</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3109E5C4" w14:textId="77777777" w:rsidR="00D602C1" w:rsidRPr="008A7AA8" w:rsidRDefault="00D602C1" w:rsidP="00B24151">
+          <w:p w14:paraId="55D6E8AE" w14:textId="77777777" w:rsidR="00C62565" w:rsidRPr="00054A38" w:rsidRDefault="00C62565" w:rsidP="00511091">
             <w:pPr>
-              <w:spacing w:after="0" w:line="0" w:lineRule="atLeast"/>
-              <w:jc w:val="right"/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="tr-TR"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008A7AA8">
+            <w:r w:rsidRPr="00054A38">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="tr-TR"/>
               </w:rPr>
               <w:t>(0.106)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="947" w:type="pct"/>
-            <w:tcBorders>
-[...2 lines deleted...]
-            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
             <w:noWrap/>
-            <w:vAlign w:val="bottom"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="63C04F84" w14:textId="77777777" w:rsidR="00D602C1" w:rsidRPr="008A7AA8" w:rsidRDefault="00D602C1" w:rsidP="00B24151">
+          <w:p w14:paraId="30A9319B" w14:textId="77777777" w:rsidR="00C62565" w:rsidRPr="00054A38" w:rsidRDefault="00C62565" w:rsidP="00511091">
             <w:pPr>
-              <w:spacing w:after="0" w:line="0" w:lineRule="atLeast"/>
-              <w:jc w:val="right"/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="tr-TR"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008A7AA8">
+            <w:r w:rsidRPr="00054A38">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="tr-TR"/>
               </w:rPr>
               <w:t>-0.035</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="63B76773" w14:textId="77777777" w:rsidR="00D602C1" w:rsidRPr="008A7AA8" w:rsidRDefault="00D602C1" w:rsidP="00B24151">
+          <w:p w14:paraId="65E0CB57" w14:textId="77777777" w:rsidR="00C62565" w:rsidRPr="00054A38" w:rsidRDefault="00C62565" w:rsidP="00511091">
             <w:pPr>
-              <w:spacing w:after="0" w:line="0" w:lineRule="atLeast"/>
-              <w:jc w:val="right"/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="tr-TR"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008A7AA8">
+            <w:r w:rsidRPr="00054A38">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="tr-TR"/>
               </w:rPr>
               <w:t>(0.037)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="913" w:type="pct"/>
-            <w:tcBorders>
-[...3 lines deleted...]
-            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0E088138" w14:textId="77777777" w:rsidR="00D602C1" w:rsidRPr="008A7AA8" w:rsidRDefault="00D602C1" w:rsidP="00B24151">
+          <w:p w14:paraId="7BE5C61B" w14:textId="77777777" w:rsidR="00C62565" w:rsidRPr="00054A38" w:rsidRDefault="00C62565" w:rsidP="00511091">
             <w:pPr>
-              <w:spacing w:after="0" w:line="0" w:lineRule="atLeast"/>
-              <w:jc w:val="right"/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="tr-TR"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008A7AA8">
+            <w:r w:rsidRPr="00054A38">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="tr-TR"/>
               </w:rPr>
               <w:t>-3.656</w:t>
             </w:r>
-            <w:r w:rsidRPr="00533852">
+            <w:r w:rsidRPr="00054A38">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:eastAsia="tr-TR"/>
               </w:rPr>
               <w:t>***</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7751FE08" w14:textId="77777777" w:rsidR="00D602C1" w:rsidRPr="008A7AA8" w:rsidRDefault="00D602C1" w:rsidP="00B24151">
+          <w:p w14:paraId="38EE0387" w14:textId="77777777" w:rsidR="00C62565" w:rsidRPr="00054A38" w:rsidRDefault="00C62565" w:rsidP="00511091">
             <w:pPr>
-              <w:spacing w:after="0" w:line="0" w:lineRule="atLeast"/>
-              <w:jc w:val="right"/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="tr-TR"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008A7AA8">
+            <w:r w:rsidRPr="00054A38">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="tr-TR"/>
               </w:rPr>
               <w:t>(0.239)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="2950795A" w14:textId="77777777" w:rsidR="00BB7D31" w:rsidRDefault="00BB7D31" w:rsidP="00E30D86">
+    <w:p w14:paraId="06735817" w14:textId="77777777" w:rsidR="00C62565" w:rsidRPr="00054A38" w:rsidRDefault="00C62565" w:rsidP="00C62565">
       <w:pPr>
-        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A7AA8">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Not:</w:t>
       </w:r>
-      <w:r w:rsidRPr="008A7AA8">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="008A7AA8">
+      <w:r w:rsidRPr="00054A38">
         <w:rPr>
           <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>∗</w:t>
       </w:r>
-      <w:r w:rsidRPr="008A7AA8">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="008A7AA8">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">%10), </w:t>
       </w:r>
-      <w:r w:rsidRPr="008A7AA8">
+      <w:r w:rsidRPr="00054A38">
         <w:rPr>
           <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>∗∗</w:t>
       </w:r>
-      <w:r w:rsidRPr="008A7AA8">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>(%5)</w:t>
       </w:r>
-      <w:r w:rsidRPr="008A7AA8">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="008A7AA8">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidRPr="008A7AA8">
+      <w:r w:rsidRPr="00054A38">
         <w:rPr>
           <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>∗∗∗</w:t>
       </w:r>
-      <w:r w:rsidRPr="008A7AA8">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="008A7AA8">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>(%1) düzeyinde anlamlılık seviyeleridir.</w:t>
+        <w:t xml:space="preserve">(%1) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>düzeyinde</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>anlamlılık</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>seviyeleridir</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7E41C39E" w14:textId="77777777" w:rsidR="00246071" w:rsidRDefault="00246071" w:rsidP="00246071">
+    <w:p w14:paraId="12071332" w14:textId="77777777" w:rsidR="00C62565" w:rsidRPr="00054A38" w:rsidRDefault="00C62565" w:rsidP="00C62565">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="700BDD31" w14:textId="2C14F874" w:rsidR="002224C9" w:rsidRDefault="002224C9" w:rsidP="002224C9">
+    <w:p w14:paraId="3478186B" w14:textId="77777777" w:rsidR="00C62565" w:rsidRPr="00054A38" w:rsidRDefault="00C62565" w:rsidP="00C62565">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002224C9">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
           <w:bCs/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="tr-TR" w:eastAsia="tr-TR"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4C5542EC" wp14:editId="52416EC7">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="2036712A" wp14:editId="63A020F0">
             <wp:extent cx="3333750" cy="2346325"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="1513270511" name="Resim 1" descr="Karbon Ayak İzi Nedir?"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 1" descr="Karbon Ayak İzi Nedir?"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8">
+                    <a:blip r:embed="rId9">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3333750" cy="2346325"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5AD6D8DD" w14:textId="03526BBC" w:rsidR="002224C9" w:rsidRPr="00575E75" w:rsidRDefault="002224C9" w:rsidP="00575E75">
+    <w:p w14:paraId="7E4D7DA2" w14:textId="4B46394F" w:rsidR="00C62565" w:rsidRDefault="00422DFB" w:rsidP="00C62565">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Şekil</w:t>
       </w:r>
-      <w:r w:rsidRPr="002224C9">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 1:</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t xml:space="preserve"> 1.</w:t>
+      </w:r>
+      <w:r w:rsidR="00C62565" w:rsidRPr="00054A38">
+        <w:rPr>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00C62565" w:rsidRPr="00054A38">
+        <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Şekil</w:t>
       </w:r>
-      <w:r w:rsidRPr="002224C9">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00C62565" w:rsidRPr="00054A38">
+        <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> ismi</w:t>
-      </w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00C62565" w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>İsmi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00C62565">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00C62565" w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>İsmi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00C62565" w:rsidRPr="00746063">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00C62565" w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>İsmi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00C62565" w:rsidRPr="00746063">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00C62565" w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>İsmi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w14:paraId="67CD3580" w14:textId="77777777" w:rsidR="002224C9" w:rsidRDefault="002224C9" w:rsidP="00246071">
+    <w:p w14:paraId="7DD9BBF7" w14:textId="77777777" w:rsidR="00C62565" w:rsidRPr="00855FAB" w:rsidRDefault="00C62565" w:rsidP="00C62565">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="706"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Şekil</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>adı</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 12 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>punto</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Times New Roman </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>harf</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>karakterleriyle</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>olmalıdır</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Şekil</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>adı</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>koyu</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>punto</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ve</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ilk </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>harfleri</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>büyük</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>olmalıdır</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="4A3AF4AF" w14:textId="3BFA922A" w:rsidR="00BB7D31" w:rsidRPr="0059471D" w:rsidRDefault="00246071" w:rsidP="00246071">
+    <w:p w14:paraId="250CE659" w14:textId="77777777" w:rsidR="00C62565" w:rsidRPr="00054A38" w:rsidRDefault="00C62565" w:rsidP="00C62565">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="706"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="0059471D">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>4.</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        <w:t xml:space="preserve">4. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...9 lines deleted...]
-      </w:r>
+        <w:t>Sonuç</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w14:paraId="06EF6C37" w14:textId="55269F76" w:rsidR="00246071" w:rsidRDefault="00246071" w:rsidP="00246071">
+    <w:p w14:paraId="7AEDA24B" w14:textId="77777777" w:rsidR="00C62565" w:rsidRPr="00054A38" w:rsidRDefault="00C62565" w:rsidP="00C62565">
       <w:pPr>
         <w:pStyle w:val="ListeParagraf"/>
-        <w:spacing w:before="120" w:after="120" w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="562"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="706"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Çalışmalar</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, A4 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>boyutundaki</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>kağıdın</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>bir</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>yüzüne</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>üst</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, alt, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>sağ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ve</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> sol </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>taraftan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2,5 cm. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>boşluk</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>bırakılarak</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, 12 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>punto</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Times New Roman </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>harf</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>karakterleriyle</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ve</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1,5 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>satır</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>aralık</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ölçüsü</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ile</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ve</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>iki</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>yana</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>yaslı</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>olarak</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>hazırlanmalıdı</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>r</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. İlk </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>satır</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>boşluğu</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 0.49 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>inç</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>olmalıdır</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="09781FC5" w14:textId="77777777" w:rsidR="00C62565" w:rsidRDefault="00C62565" w:rsidP="00C62565">
+      <w:pPr>
+        <w:pStyle w:val="ListeParagraf"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="706"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Çalışmalar</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, A4 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>boyutundaki</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>kağıdın</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>bir</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>yüzüne</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>üst</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, alt, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>sağ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ve</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> sol </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>taraftan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2,5 cm. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>boşluk</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>bırakılarak</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, 12 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>punto</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Times New Roman </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>harf</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>karakterleriyle</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ve</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1,5 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>satır</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>aralık</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ölçüsü</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ile</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ve</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>iki</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>yana</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>yaslı</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>olarak</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>hazırlanmalıdı</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>r</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. İlk </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>satır</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>boşluğu</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 0.49 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>inç</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>olmalıdır</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="60677A3E" w14:textId="77777777" w:rsidR="00C62565" w:rsidRPr="009613A2" w:rsidRDefault="00C62565" w:rsidP="00C62565">
+      <w:pPr>
+        <w:pStyle w:val="ListeParagraf"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="706"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Çalışmalar</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, A4 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>boyutundaki</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>kağıdın</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>bir</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>yüzüne</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>üst</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, alt, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>sağ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ve</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> sol </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>taraftan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2,5 cm. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>boşluk</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>bırakılarak</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, 12 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>punto</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Times New Roman </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>harf</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>karakterleriyle</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ve</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1,5 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>satır</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>aralık</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ölçüsü</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>ile</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ve</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>iki</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>yana</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>yaslı</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>olarak</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>hazırlanmalıdı</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>r</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. İlk </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>satır</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>boşluğu</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 0.49 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>inç</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>olmalıdır</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7CC986C5" w14:textId="77777777" w:rsidR="00C62565" w:rsidRPr="00054A38" w:rsidRDefault="00C62565" w:rsidP="000D5121">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F83BC3">
-[...23 lines deleted...]
-        <w:t xml:space="preserve"> bir yüzüne, üst, alt, sağ ve sol taraftan 2,5 cm. boşluk bırakılarak, 12 punto Times New Roman harf karakterleriyle ve 1,5 satır aralık ölçüsü ile ve iki yana yaslı olarak hazırlanmalıdır. </w:t>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">EXTENDED ABSTRACT </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4B854A07" w14:textId="77777777" w:rsidR="00246071" w:rsidRDefault="00246071" w:rsidP="00315256">
+    <w:p w14:paraId="5A442322" w14:textId="77777777" w:rsidR="00C62565" w:rsidRPr="00E73C15" w:rsidRDefault="00C62565" w:rsidP="00C62565">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="562"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00E73C15">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">An abstract of 500-800 words (10 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E73C15">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>punto</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E73C15">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>) should be included stating the scope, purpose, results obtained and method used of the study</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E73C15">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F2985">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E73C15">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">An abstract of 500-800 words (10 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E73C15">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>punto</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E73C15">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>) should be included stating the scope, purpose, results obtained and method used of the study</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E73C15">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="496B60AE" w14:textId="237E9E22" w:rsidR="00315256" w:rsidRPr="00B830AD" w:rsidRDefault="00315256" w:rsidP="00315256">
+    <w:p w14:paraId="0304BB07" w14:textId="77777777" w:rsidR="00C62565" w:rsidRPr="00E73C15" w:rsidRDefault="00C62565" w:rsidP="00C62565">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="562"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E73C15">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">An abstract of 500-800 words (10 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E73C15">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>punto</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E73C15">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>) should be included stating the scope, purpose, results obtained and method used of the study</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E73C15">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F2985">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E73C15">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">An abstract of 500-800 words (10 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E73C15">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>punto</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E73C15">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>) should be included stating the scope, purpose, results obtained and method used of the study</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E73C15">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6787AFB1" w14:textId="77777777" w:rsidR="00C62565" w:rsidRDefault="00C62565" w:rsidP="00C62565">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="562"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E73C15">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">An abstract of 500-800 words (10 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E73C15">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>punto</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E73C15">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>) should be included stating the scope, purpose, results obtained and method used of the study</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E73C15">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F2985">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E73C15">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">An abstract of 500-800 words (10 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E73C15">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>punto</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E73C15">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>) should be included stating the scope, purpose, results obtained and method used of the study</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E73C15">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5B6C0353" w14:textId="77777777" w:rsidR="00C62565" w:rsidRPr="007B3828" w:rsidRDefault="00C62565" w:rsidP="00C62565">
+      <w:pPr>
+        <w:spacing w:after="160" w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="562"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="tr-TR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00171A4B">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="tr-TR" w:eastAsia="tr-TR"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="487835136" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="111C785F" wp14:editId="0C429E8B">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>31749</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>92075</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="5781675" cy="28575"/>
+                <wp:effectExtent l="0" t="0" r="28575" b="28575"/>
+                <wp:wrapNone/>
+                <wp:docPr id="1723689757" name="Düz Bağlayıcı 1"/>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvCnPr/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="5781675" cy="28575"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="line">
+                          <a:avLst/>
+                        </a:prstGeom>
+                      </wps:spPr>
+                      <wps:style>
+                        <a:lnRef idx="1">
+                          <a:schemeClr val="dk1"/>
+                        </a:lnRef>
+                        <a:fillRef idx="0">
+                          <a:schemeClr val="dk1"/>
+                        </a:fillRef>
+                        <a:effectRef idx="0">
+                          <a:schemeClr val="dk1"/>
+                        </a:effectRef>
+                        <a:fontRef idx="minor">
+                          <a:schemeClr val="tx1"/>
+                        </a:fontRef>
+                      </wps:style>
+                      <wps:bodyPr/>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash">
+            <w:pict>
+              <v:line w14:anchorId="7F9DE756" id="Düz Bağlayıcı 1" o:spid="_x0000_s1026" style="position:absolute;z-index:487835136;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text" from="2.5pt,7.25pt" to="457.75pt,9.5pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQD/aw02nAEAAIwDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvBfoPxC815IMODEEyzkkaC9B&#10;G/TxAQy1tIjyhSVjyX/fJW3LRRIURZDLio+d2Z3hanMzWcP2gFF71/FmUXMGTvpeu13Hf/38/GnN&#10;WUzC9cJ4Bx0/QOQ3248fNmNoYekHb3pARiQutmPo+JBSaKsqygGsiAsfwNGl8mhFoi3uqh7FSOzW&#10;VMu6vqpGj31ALyFGOr07XvJt4VcKZPqmVITETMept1QilviYY7XdiHaHIgxantoQb+jCCu2o6Ex1&#10;J5JgT6hfUFkt0Uev0kJ6W3mltISigdQ09TM1PwYRoGghc2KYbYrvRyu/7m/dA5INY4htDA+YVUwK&#10;bf5Sf2wqZh1ms2BKTNLh6nrdXF2vOJN0t1yvaEks1QUcMKYv4C3Li44b7bIW0Yr9fUzH1HMK4S7l&#10;yyodDORk476DYrqngk1Bl8mAW4NsL+hN+9/NqWzJzBCljZlB9b9Bp9wMgzIt/wucs0tF79IMtNp5&#10;fK1qms6tqmP+WfVRa5b96PtDeYxiBz15MfQ0nnmm/t4X+OUn2v4BAAD//wMAUEsDBBQABgAIAAAA&#10;IQCh3VTY3gAAAAcBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/NTsMwEITvSH0Ha5G4UaeI0DaNU1X8&#10;nOCQBg49uvGSRI3XUewmgadnObW33ZnV7DfpdrKtGLD3jSMFi3kEAql0pqFKwdfn2/0KhA+ajG4d&#10;oYIf9LDNZjepTowbaY9DESrBIeQTraAOoUuk9GWNVvu565DY+3a91YHXvpKm1yOH21Y+RNGTtLoh&#10;/lDrDp9rLE/F2SpYvr4XeTe+fPzmcinzfHBhdToodXc77TYgAk7hcgz/+IwOGTMd3ZmMF62CmJsE&#10;lh9jEGyvFzEPRxbWEcgsldf82R8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMA&#10;AAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YA&#10;AACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA/2sNNpwB&#10;AACMAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAod1U&#10;2N4AAAAHAQAADwAAAAAAAAAAAAAAAAD2AwAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAA&#10;AAEFAAAAAA==&#10;" strokecolor="black [3040]"/>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:bookmarkStart w:id="5" w:name="_Hlk217942782"/>
+    </w:p>
+    <w:p w14:paraId="59C878D1" w14:textId="77777777" w:rsidR="00C62565" w:rsidRPr="007B3828" w:rsidRDefault="00C62565" w:rsidP="00C62565">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="562"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="tr-TR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B3828">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="tr-TR"/>
+        </w:rPr>
+        <w:t>Etik Beyanı:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B3828">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="tr-TR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Bu çalışmanın hazırlanma sürecinde bilimsel ve etik ilkelere uyulduğu ve yararlanılan tüm çalışmaların kaynakçada belirtildiği beyan olunur.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7ACFD8D1" w14:textId="77777777" w:rsidR="00C62565" w:rsidRPr="007B3828" w:rsidRDefault="00C62565" w:rsidP="00C62565">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="562"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="tr-TR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E30D86">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="007B3828">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">EXTENDED ABSTRACT </w:t>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="tr-TR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Hakem </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B3828">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="tr-TR"/>
+        </w:rPr>
+        <w:t>Değerlendirmesi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B3828">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="tr-TR"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B3828">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="tr-TR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B3828">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="tr-TR"/>
+        </w:rPr>
+        <w:t>Dıs</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B3828">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="tr-TR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">̧ </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B3828">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="tr-TR"/>
+        </w:rPr>
+        <w:t>bağımsız</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B3828">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="tr-TR"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7EFD7A0A" w14:textId="110068D6" w:rsidR="00F83BC3" w:rsidRDefault="00246071" w:rsidP="00315256">
+    <w:p w14:paraId="12BDC38A" w14:textId="77777777" w:rsidR="00C62565" w:rsidRPr="007B3828" w:rsidRDefault="00C62565" w:rsidP="00C62565">
       <w:pPr>
-        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="562"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-          <w:lang w:val="en-GB"/>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="tr-TR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F83BC3">
-[...21 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="007B3828">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="tr-TR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Yazar Katkıları: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B3828">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="tr-TR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Bu makale tek yazarın katkısı ile meydana gelmiştir. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1503311E" w14:textId="77777777" w:rsidR="00C62565" w:rsidRPr="007B3828" w:rsidRDefault="00C62565" w:rsidP="00C62565">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="562"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="tr-TR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B3828">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="tr-TR"/>
+        </w:rPr>
+        <w:t>Çıkar</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B3828">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="tr-TR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B3828">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="tr-TR"/>
+        </w:rPr>
+        <w:t>Çatışması</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B3828">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="tr-TR"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B3828">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="tr-TR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Yazar çıkar çatışması bildirmemiştir.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="36801747" w14:textId="77777777" w:rsidR="00C62565" w:rsidRPr="007B3828" w:rsidRDefault="00C62565" w:rsidP="00C62565">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="562"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="tr-TR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B3828">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="tr-TR"/>
+        </w:rPr>
+        <w:t>Finansal Destek:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B3828">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="tr-TR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Yazar bu çalışma için finansal destek almadığını beyan etmiştir.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B09CE4A" w14:textId="77777777" w:rsidR="00C62565" w:rsidRPr="007B3828" w:rsidRDefault="00C62565" w:rsidP="00C62565">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="562"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B3828">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Açık</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B3828">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B3828">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Erişim</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B3828">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B3828">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Lisansı</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B3828">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B3828">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Bu </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B3828">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>makale</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B3828">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, Creative Commons </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B3828">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Atıf-GayriTicari</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B3828">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4.0 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B3828">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Uluslararası</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B3828">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B3828">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Lisansı</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B3828">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (CC BY NC 4.0) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B3828">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ile</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B3828">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B3828">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>lisanslanmıştır</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B3828">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="723BE25E" w14:textId="77777777" w:rsidR="00C62565" w:rsidRPr="007B3828" w:rsidRDefault="00C62565" w:rsidP="00C62565">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="562"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B3828">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Data </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B3828">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Erişimi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B3828">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B3828">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Bu </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B3828">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>çalışmada</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B3828">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B3828">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>kullanılan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B3828">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B3828">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>veri</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B3828">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B3828">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>seti</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B3828">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B3828">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>herkese</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B3828">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B3828">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>açık</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B3828">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B3828">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>olup</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B3828">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B3828">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>gerekli</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B3828">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B3828">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>açıklamalar</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B3828">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B3828">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>metin</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B3828">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B3828">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>içerisinde</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B3828">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B3828">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>verilmiştir</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B3828">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7E682927" w14:textId="77777777" w:rsidR="00C62565" w:rsidRPr="007B3828" w:rsidRDefault="00C62565" w:rsidP="00C62565">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="562"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B3828">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Yapay</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B3828">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B3828">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Zeka</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B3828">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (YZ) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B3828">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Araçlarının</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B3828">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B3828">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Kullanımı</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B3828">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B3828">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Bu </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B3828">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>çalışmada</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B3828">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B3828">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>yapay</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B3828">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B3828">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>zeka</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B3828">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B3828">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>araçları</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B3828">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B3828">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>kullanılmamıştır</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B3828">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7CFFCADB" w14:textId="77777777" w:rsidR="00C62565" w:rsidRPr="007B3828" w:rsidRDefault="00C62565" w:rsidP="00C62565">
+      <w:pPr>
+        <w:spacing w:after="160" w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="562"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00171A4B">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="tr-TR" w:eastAsia="tr-TR"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="487836160" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="72C8FFA7" wp14:editId="24049C9C">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>31749</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>92075</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="5781675" cy="28575"/>
+                <wp:effectExtent l="0" t="0" r="28575" b="28575"/>
+                <wp:wrapNone/>
+                <wp:docPr id="1" name="Düz Bağlayıcı 1"/>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvCnPr/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="5781675" cy="28575"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="line">
+                          <a:avLst/>
+                        </a:prstGeom>
+                      </wps:spPr>
+                      <wps:style>
+                        <a:lnRef idx="1">
+                          <a:schemeClr val="dk1"/>
+                        </a:lnRef>
+                        <a:fillRef idx="0">
+                          <a:schemeClr val="dk1"/>
+                        </a:fillRef>
+                        <a:effectRef idx="0">
+                          <a:schemeClr val="dk1"/>
+                        </a:effectRef>
+                        <a:fontRef idx="minor">
+                          <a:schemeClr val="tx1"/>
+                        </a:fontRef>
+                      </wps:style>
+                      <wps:bodyPr/>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash">
+            <w:pict>
+              <v:line w14:anchorId="71DB24C7" id="Düz Bağlayıcı 1" o:spid="_x0000_s1026" style="position:absolute;z-index:487836160;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text" from="2.5pt,7.25pt" to="457.75pt,9.5pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQD/aw02nAEAAIwDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvBfoPxC815IMODEEyzkkaC9B&#10;G/TxAQy1tIjyhSVjyX/fJW3LRRIURZDLio+d2Z3hanMzWcP2gFF71/FmUXMGTvpeu13Hf/38/GnN&#10;WUzC9cJ4Bx0/QOQ3248fNmNoYekHb3pARiQutmPo+JBSaKsqygGsiAsfwNGl8mhFoi3uqh7FSOzW&#10;VMu6vqpGj31ALyFGOr07XvJt4VcKZPqmVITETMept1QilviYY7XdiHaHIgxantoQb+jCCu2o6Ex1&#10;J5JgT6hfUFkt0Uev0kJ6W3mltISigdQ09TM1PwYRoGghc2KYbYrvRyu/7m/dA5INY4htDA+YVUwK&#10;bf5Sf2wqZh1ms2BKTNLh6nrdXF2vOJN0t1yvaEks1QUcMKYv4C3Li44b7bIW0Yr9fUzH1HMK4S7l&#10;yyodDORk476DYrqngk1Bl8mAW4NsL+hN+9/NqWzJzBCljZlB9b9Bp9wMgzIt/wucs0tF79IMtNp5&#10;fK1qms6tqmP+WfVRa5b96PtDeYxiBz15MfQ0nnmm/t4X+OUn2v4BAAD//wMAUEsDBBQABgAIAAAA&#10;IQCh3VTY3gAAAAcBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/NTsMwEITvSH0Ha5G4UaeI0DaNU1X8&#10;nOCQBg49uvGSRI3XUewmgadnObW33ZnV7DfpdrKtGLD3jSMFi3kEAql0pqFKwdfn2/0KhA+ajG4d&#10;oYIf9LDNZjepTowbaY9DESrBIeQTraAOoUuk9GWNVvu565DY+3a91YHXvpKm1yOH21Y+RNGTtLoh&#10;/lDrDp9rLE/F2SpYvr4XeTe+fPzmcinzfHBhdToodXc77TYgAk7hcgz/+IwOGTMd3ZmMF62CmJsE&#10;lh9jEGyvFzEPRxbWEcgsldf82R8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMA&#10;AAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YA&#10;AACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA/2sNNpwB&#10;AACMAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAod1U&#10;2N4AAAAHAQAADwAAAAAAAAAAAAAAAAD2AwAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAA&#10;AAEFAAAAAA==&#10;" strokecolor="black [3040]"/>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7C161FFA" w14:textId="77777777" w:rsidR="00C62565" w:rsidRPr="007B3828" w:rsidRDefault="00C62565" w:rsidP="00C62565">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="562"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="tr-TR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B3828">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="tr-TR"/>
+        </w:rPr>
+        <w:t>Ethical</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B3828">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="tr-TR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Statement:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B3828">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="tr-TR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B3828">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="tr-TR"/>
+        </w:rPr>
+        <w:t>It</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B3828">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="tr-TR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> is </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B3828">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="tr-TR"/>
+        </w:rPr>
+        <w:t>declared</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B3828">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="tr-TR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B3828">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="tr-TR"/>
+        </w:rPr>
+        <w:t>that</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B3828">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="tr-TR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B3828">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="tr-TR"/>
+        </w:rPr>
+        <w:t>scientific</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B3828">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="tr-TR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B3828">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="tr-TR"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B3828">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="tr-TR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B3828">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="tr-TR"/>
+        </w:rPr>
+        <w:t>ethical</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B3828">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="tr-TR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B3828">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="tr-TR"/>
+        </w:rPr>
+        <w:t>principles</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B3828">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="tr-TR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B3828">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="tr-TR"/>
+        </w:rPr>
+        <w:t>have</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B3828">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="tr-TR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B3828">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="tr-TR"/>
+        </w:rPr>
+        <w:t>been</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B3828">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="tr-TR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B3828">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="tr-TR"/>
+        </w:rPr>
+        <w:t>followed</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B3828">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="tr-TR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B3828">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="tr-TR"/>
+        </w:rPr>
+        <w:t>while</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B3828">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="tr-TR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B3828">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="tr-TR"/>
+        </w:rPr>
+        <w:t>carrying</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B3828">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="tr-TR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B3828">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="tr-TR"/>
+        </w:rPr>
+        <w:t>out</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B3828">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="tr-TR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B3828">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="tr-TR"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B3828">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="tr-TR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B3828">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="tr-TR"/>
+        </w:rPr>
+        <w:t>writing</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B3828">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="tr-TR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B3828">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="tr-TR"/>
+        </w:rPr>
+        <w:t>this</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B3828">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="tr-TR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B3828">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="tr-TR"/>
+        </w:rPr>
+        <w:t>study</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B3828">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="tr-TR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B3828">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="tr-TR"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B3828">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="tr-TR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B3828">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="tr-TR"/>
+        </w:rPr>
+        <w:t>that</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B3828">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="tr-TR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B3828">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="tr-TR"/>
+        </w:rPr>
+        <w:t>all</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B3828">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="tr-TR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B3828">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="tr-TR"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B3828">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="tr-TR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B3828">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="tr-TR"/>
+        </w:rPr>
+        <w:t>sources</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B3828">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="tr-TR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B3828">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="tr-TR"/>
+        </w:rPr>
+        <w:t>used</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B3828">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="tr-TR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B3828">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="tr-TR"/>
+        </w:rPr>
+        <w:t>have</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B3828">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="tr-TR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B3828">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="tr-TR"/>
+        </w:rPr>
+        <w:t>been</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B3828">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="tr-TR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B3828">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="tr-TR"/>
+        </w:rPr>
+        <w:t>properly</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B3828">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="tr-TR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B3828">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="tr-TR"/>
+        </w:rPr>
+        <w:t>cited</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B3828">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="tr-TR"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="77D5B3BA" w14:textId="77777777" w:rsidR="00C62565" w:rsidRPr="007B3828" w:rsidRDefault="00C62565" w:rsidP="00C62565">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="562"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="tr-TR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B3828">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="tr-TR"/>
+        </w:rPr>
+        <w:t>Peer-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B3828">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="tr-TR"/>
+        </w:rPr>
+        <w:t>review</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B3828">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="tr-TR"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B3828">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="tr-TR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B3828">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="tr-TR"/>
+        </w:rPr>
+        <w:t>Externally</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B3828">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="tr-TR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B3828">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="tr-TR"/>
+        </w:rPr>
+        <w:t>peer-reviewed</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B3828">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="tr-TR"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5C5CD4CA" w14:textId="77777777" w:rsidR="00C62565" w:rsidRPr="007B3828" w:rsidRDefault="00C62565" w:rsidP="00C62565">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="562"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="tr-TR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B3828">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="tr-TR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Author </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B3828">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="tr-TR"/>
+        </w:rPr>
+        <w:t>Contributions</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B3828">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="tr-TR"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B3828">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="tr-TR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B3828">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="tr-TR"/>
+        </w:rPr>
+        <w:t>This</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B3828">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="tr-TR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B3828">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="tr-TR"/>
+        </w:rPr>
+        <w:t>article</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B3828">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="tr-TR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B3828">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="tr-TR"/>
+        </w:rPr>
+        <w:t>was</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B3828">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="tr-TR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B3828">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="tr-TR"/>
+        </w:rPr>
+        <w:t>created</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B3828">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="tr-TR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B3828">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="tr-TR"/>
+        </w:rPr>
+        <w:t>with</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B3828">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="tr-TR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B3828">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="tr-TR"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B3828">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="tr-TR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B3828">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="tr-TR"/>
+        </w:rPr>
+        <w:t>contribution</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B3828">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="tr-TR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of a </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B3828">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="tr-TR"/>
+        </w:rPr>
+        <w:t>single</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B3828">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="tr-TR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B3828">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="tr-TR"/>
+        </w:rPr>
+        <w:t>author</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B3828">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="tr-TR"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="705C2AB6" w14:textId="77777777" w:rsidR="00C62565" w:rsidRPr="007B3828" w:rsidRDefault="00C62565" w:rsidP="00C62565">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="562"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="tr-TR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B3828">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="tr-TR"/>
+        </w:rPr>
+        <w:t>Conflict</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B3828">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="tr-TR"/>
         </w:rPr>
         <w:t xml:space="preserve"> of </w:t>
       </w:r>
-      <w:r>
-[...235 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B3828">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="tr-TR"/>
+        </w:rPr>
+        <w:t>Interest</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B3828">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="tr-TR"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B3828">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="tr-TR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B3828">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="tr-TR"/>
+        </w:rPr>
+        <w:t>The</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B3828">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="tr-TR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B3828">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="tr-TR"/>
+        </w:rPr>
+        <w:t>author</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B3828">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="tr-TR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B3828">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="tr-TR"/>
+        </w:rPr>
+        <w:t>declared</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B3828">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="tr-TR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B3828">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="tr-TR"/>
+        </w:rPr>
+        <w:t>no</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B3828">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="tr-TR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B3828">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="tr-TR"/>
+        </w:rPr>
+        <w:t>conflict</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B3828">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="tr-TR"/>
         </w:rPr>
         <w:t xml:space="preserve"> of </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00F83BC3">
-[...21 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="007B3828">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="tr-TR"/>
+        </w:rPr>
+        <w:t>interest</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B3828">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="tr-TR"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1ADF8673" w14:textId="77777777" w:rsidR="00C62565" w:rsidRPr="007B3828" w:rsidRDefault="00C62565" w:rsidP="00C62565">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="562"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="tr-TR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B3828">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="tr-TR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Grant </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B3828">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="tr-TR"/>
+        </w:rPr>
+        <w:t>Support</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B3828">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="tr-TR"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B3828">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="tr-TR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B3828">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="tr-TR"/>
+        </w:rPr>
+        <w:t>The</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B3828">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="tr-TR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B3828">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="tr-TR"/>
+        </w:rPr>
+        <w:t>author</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B3828">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="tr-TR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B3828">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="tr-TR"/>
+        </w:rPr>
+        <w:t>declared</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B3828">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="tr-TR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B3828">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="tr-TR"/>
+        </w:rPr>
+        <w:t>that</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B3828">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="tr-TR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B3828">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="tr-TR"/>
+        </w:rPr>
+        <w:t>this</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B3828">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="tr-TR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B3828">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="tr-TR"/>
         </w:rPr>
         <w:t>study</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r>
-[...4 lines deleted...]
-          <w:lang w:val="en-GB"/>
+      <w:r w:rsidRPr="007B3828">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="tr-TR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> has </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B3828">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="tr-TR"/>
+        </w:rPr>
+        <w:t>received</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B3828">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="tr-TR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B3828">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="tr-TR"/>
+        </w:rPr>
+        <w:t>no</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B3828">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="tr-TR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B3828">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="tr-TR"/>
+        </w:rPr>
+        <w:t>financial</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B3828">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="tr-TR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B3828">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="tr-TR"/>
+        </w:rPr>
+        <w:t>support</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B3828">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="tr-TR"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5E06AB22" w14:textId="77777777" w:rsidR="00246071" w:rsidRDefault="00246071" w:rsidP="00E30D86">
+    <w:p w14:paraId="0C35A6D9" w14:textId="77777777" w:rsidR="00C62565" w:rsidRPr="007B3828" w:rsidRDefault="00C62565" w:rsidP="00C62565">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="562"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B3828">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Open Access License:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B3828">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> This work is licensed under Creative Commons Attribution-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B3828">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>NonCommercial</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B3828">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4.0 International License (CC BY NC 4.0). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="014E87BC" w14:textId="77777777" w:rsidR="00C62565" w:rsidRPr="007B3828" w:rsidRDefault="00C62565" w:rsidP="00C62565">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="562"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="tr-TR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B3828">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Data Availability:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B3828">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> The dataset used in this study is publicly available, and the necessary explanations are provided within the text.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3CB9F3EA" w14:textId="77777777" w:rsidR="00C62565" w:rsidRPr="00AA2992" w:rsidRDefault="00C62565" w:rsidP="00C62565">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="562"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B3828">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>U</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B3828">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">se of Artificial Intelligence </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B3828">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(AI) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B3828">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Tools: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B3828">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Artificial intelligence tools were not used in this study.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="5"/>
+    <w:p w14:paraId="44CF2FD3" w14:textId="77777777" w:rsidR="00C62565" w:rsidRPr="00AA2992" w:rsidRDefault="00C62565" w:rsidP="00C62565">
+      <w:pPr>
+        <w:spacing w:after="160" w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="562"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="tr-TR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00171A4B">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="tr-TR" w:eastAsia="tr-TR"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="487837184" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5FF8D8B9" wp14:editId="689F190E">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>31749</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>92075</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="5781675" cy="28575"/>
+                <wp:effectExtent l="0" t="0" r="28575" b="28575"/>
+                <wp:wrapNone/>
+                <wp:docPr id="8" name="Düz Bağlayıcı 1"/>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvCnPr/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="5781675" cy="28575"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="line">
+                          <a:avLst/>
+                        </a:prstGeom>
+                      </wps:spPr>
+                      <wps:style>
+                        <a:lnRef idx="1">
+                          <a:schemeClr val="dk1"/>
+                        </a:lnRef>
+                        <a:fillRef idx="0">
+                          <a:schemeClr val="dk1"/>
+                        </a:fillRef>
+                        <a:effectRef idx="0">
+                          <a:schemeClr val="dk1"/>
+                        </a:effectRef>
+                        <a:fontRef idx="minor">
+                          <a:schemeClr val="tx1"/>
+                        </a:fontRef>
+                      </wps:style>
+                      <wps:bodyPr/>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash">
+            <w:pict>
+              <v:line w14:anchorId="757FA02E" id="Düz Bağlayıcı 1" o:spid="_x0000_s1026" style="position:absolute;z-index:487837184;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text" from="2.5pt,7.25pt" to="457.75pt,9.5pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQD/aw02nAEAAIwDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvBfoPxC815IMODEEyzkkaC9B&#10;G/TxAQy1tIjyhSVjyX/fJW3LRRIURZDLio+d2Z3hanMzWcP2gFF71/FmUXMGTvpeu13Hf/38/GnN&#10;WUzC9cJ4Bx0/QOQ3248fNmNoYekHb3pARiQutmPo+JBSaKsqygGsiAsfwNGl8mhFoi3uqh7FSOzW&#10;VMu6vqpGj31ALyFGOr07XvJt4VcKZPqmVITETMept1QilviYY7XdiHaHIgxantoQb+jCCu2o6Ex1&#10;J5JgT6hfUFkt0Uev0kJ6W3mltISigdQ09TM1PwYRoGghc2KYbYrvRyu/7m/dA5INY4htDA+YVUwK&#10;bf5Sf2wqZh1ms2BKTNLh6nrdXF2vOJN0t1yvaEks1QUcMKYv4C3Li44b7bIW0Yr9fUzH1HMK4S7l&#10;yyodDORk476DYrqngk1Bl8mAW4NsL+hN+9/NqWzJzBCljZlB9b9Bp9wMgzIt/wucs0tF79IMtNp5&#10;fK1qms6tqmP+WfVRa5b96PtDeYxiBz15MfQ0nnmm/t4X+OUn2v4BAAD//wMAUEsDBBQABgAIAAAA&#10;IQCh3VTY3gAAAAcBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/NTsMwEITvSH0Ha5G4UaeI0DaNU1X8&#10;nOCQBg49uvGSRI3XUewmgadnObW33ZnV7DfpdrKtGLD3jSMFi3kEAql0pqFKwdfn2/0KhA+ajG4d&#10;oYIf9LDNZjepTowbaY9DESrBIeQTraAOoUuk9GWNVvu565DY+3a91YHXvpKm1yOH21Y+RNGTtLoh&#10;/lDrDp9rLE/F2SpYvr4XeTe+fPzmcinzfHBhdToodXc77TYgAk7hcgz/+IwOGTMd3ZmMF62CmJsE&#10;lh9jEGyvFzEPRxbWEcgsldf82R8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMA&#10;AAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YA&#10;AACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA/2sNNpwB&#10;AACMAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAod1U&#10;2N4AAAAHAQAADwAAAAAAAAAAAAAAAAD2AwAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAA&#10;AAEFAAAAAA==&#10;" strokecolor="black [3040]"/>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5B6A9275" w14:textId="77777777" w:rsidR="00C62565" w:rsidRPr="00054A38" w:rsidRDefault="00C62565" w:rsidP="00C62565">
       <w:pPr>
         <w:pStyle w:val="ListeParagraf"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00054A38">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Kaynakç</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w14:paraId="3234AF25" w14:textId="57C28F77" w:rsidR="00F34FFC" w:rsidRPr="00E30D86" w:rsidRDefault="00F34FFC" w:rsidP="00E30D86">
+    <w:p w14:paraId="19A8512D" w14:textId="6394E110" w:rsidR="00C62565" w:rsidRPr="00DA4CAA" w:rsidRDefault="00442A20" w:rsidP="004974E4">
       <w:pPr>
-        <w:pStyle w:val="ListeParagraf"/>
-[...25 lines deleted...]
-        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="567" w:hanging="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_Hlk145607463"/>
-[...51 lines deleted...]
-      </w:r>
+      <w:bookmarkStart w:id="6" w:name="_Hlk145607463"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00442A20">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Metin</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00442A20">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00442A20">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>içi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00442A20">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00442A20">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>atıf</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00442A20">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00442A20">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>gösterimi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00442A20">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00442A20">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ve</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00442A20">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00442A20">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>kaynakça</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00442A20">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00442A20">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>yazımında</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00442A20">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00442A20">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>APA 7</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00442A20">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00442A20">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Basım</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00442A20">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00442A20">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>kuralları</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00442A20">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00442A20">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>uygulanmalıdır</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00442A20">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="6"/>
     </w:p>
-    <w:p w14:paraId="3F170AF4" w14:textId="345B34A3" w:rsidR="009C4357" w:rsidRPr="00E30D86" w:rsidRDefault="009C4357" w:rsidP="00E30D86">
-[...3937 lines deleted...]
-      <w:pgMar w:top="1411" w:right="1411" w:bottom="1411" w:left="1411" w:header="706" w:footer="706" w:gutter="0"/>
+    <w:sectPr w:rsidR="00C62565" w:rsidRPr="00DA4CAA" w:rsidSect="006B5E98">
+      <w:headerReference w:type="default" r:id="rId10"/>
+      <w:footerReference w:type="default" r:id="rId11"/>
+      <w:type w:val="continuous"/>
+      <w:pgSz w:w="11910" w:h="16840"/>
+      <w:pgMar w:top="1400" w:right="1300" w:bottom="280" w:left="1540" w:header="706" w:footer="1000" w:gutter="0"/>
       <w:cols w:space="708"/>
-      <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4153F37C" w14:textId="77777777" w:rsidR="004D68E6" w:rsidRDefault="004D68E6" w:rsidP="00D026B1">
-[...2 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="1CF1DA3E" w14:textId="77777777" w:rsidR="008E1CA7" w:rsidRDefault="008E1CA7">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3269B533" w14:textId="77777777" w:rsidR="004D68E6" w:rsidRDefault="004D68E6" w:rsidP="00D026B1">
-[...2 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="24F5D1C4" w14:textId="77777777" w:rsidR="008E1CA7" w:rsidRDefault="008E1CA7">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="A2"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="A2"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="A2"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Palatino Linotype">
+    <w:panose1 w:val="02040502050505030304"/>
+    <w:charset w:val="A2"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0000287" w:usb1="40000013" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="SimSun">
+    <w:altName w:val="宋体"/>
+    <w:panose1 w:val="02010600030101010101"/>
+    <w:charset w:val="86"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="A2"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Cambria">
+    <w:panose1 w:val="02040503050406030204"/>
+    <w:charset w:val="A2"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Cambria Math">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="A2"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri Light">
-[...5 lines deleted...]
-  </w:font>
 </w:fonts>
 </file>
 
+<file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+  <w:p w14:paraId="1BEA4A77" w14:textId="7771082F" w:rsidR="007F4741" w:rsidRDefault="00E60A8D">
+    <w:pPr>
+      <w:pStyle w:val="GvdeMetni"/>
+      <w:spacing w:line="14" w:lineRule="auto"/>
+      <w:rPr>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+        <w:lang w:val="tr-TR" w:eastAsia="tr-TR"/>
+      </w:rPr>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wps">
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="484269568" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="09AC565F" wp14:editId="61D304EE">
+              <wp:simplePos x="0" y="0"/>
+              <wp:positionH relativeFrom="page">
+                <wp:posOffset>3746500</wp:posOffset>
+              </wp:positionH>
+              <wp:positionV relativeFrom="page">
+                <wp:posOffset>10088245</wp:posOffset>
+              </wp:positionV>
+              <wp:extent cx="232410" cy="165735"/>
+              <wp:effectExtent l="0" t="0" r="0" b="0"/>
+              <wp:wrapNone/>
+              <wp:docPr id="956230273" name="docshape162"/>
+              <wp:cNvGraphicFramePr>
+                <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+              </wp:cNvGraphicFramePr>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                  <wps:wsp>
+                    <wps:cNvSpPr txBox="1">
+                      <a:spLocks noChangeArrowheads="1"/>
+                    </wps:cNvSpPr>
+                    <wps:spPr bwMode="auto">
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="232410" cy="165735"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                      <a:noFill/>
+                      <a:ln>
+                        <a:noFill/>
+                      </a:ln>
+                      <a:extLst>
+                        <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                          <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                            <a:solidFill>
+                              <a:srgbClr val="FFFFFF"/>
+                            </a:solidFill>
+                          </a14:hiddenFill>
+                        </a:ext>
+                        <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                          <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                            <a:solidFill>
+                              <a:srgbClr val="000000"/>
+                            </a:solidFill>
+                            <a:miter lim="800000"/>
+                            <a:headEnd/>
+                            <a:tailEnd/>
+                          </a14:hiddenLine>
+                        </a:ext>
+                      </a:extLst>
+                    </wps:spPr>
+                    <wps:txbx>
+                      <w:txbxContent>
+                        <w:p w14:paraId="34A1639E" w14:textId="46782ABB" w:rsidR="007F4741" w:rsidRPr="006A0B12" w:rsidRDefault="00D91D28">
+                          <w:pPr>
+                            <w:spacing w:line="245" w:lineRule="exact"/>
+                            <w:ind w:left="60"/>
+                            <w:rPr>
+                              <w:rFonts w:ascii="Calibri"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r w:rsidRPr="006A0B12">
+                            <w:rPr>
+                              <w:rFonts w:ascii="Calibri"/>
+                              <w:spacing w:val="-5"/>
+                            </w:rPr>
+                            <w:fldChar w:fldCharType="begin"/>
+                          </w:r>
+                          <w:r w:rsidRPr="006A0B12">
+                            <w:rPr>
+                              <w:rFonts w:ascii="Calibri"/>
+                              <w:spacing w:val="-5"/>
+                            </w:rPr>
+                            <w:instrText xml:space="preserve"> PAGE </w:instrText>
+                          </w:r>
+                          <w:r w:rsidRPr="006A0B12">
+                            <w:rPr>
+                              <w:rFonts w:ascii="Calibri"/>
+                              <w:spacing w:val="-5"/>
+                            </w:rPr>
+                            <w:fldChar w:fldCharType="separate"/>
+                          </w:r>
+                          <w:r w:rsidR="000F17E0">
+                            <w:rPr>
+                              <w:rFonts w:ascii="Calibri"/>
+                              <w:noProof/>
+                              <w:spacing w:val="-5"/>
+                            </w:rPr>
+                            <w:t>1</w:t>
+                          </w:r>
+                          <w:r w:rsidRPr="006A0B12">
+                            <w:rPr>
+                              <w:rFonts w:ascii="Calibri"/>
+                              <w:spacing w:val="-5"/>
+                            </w:rPr>
+                            <w:fldChar w:fldCharType="end"/>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </wps:txbx>
+                    <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" anchor="t" anchorCtr="0" upright="1">
+                      <a:noAutofit/>
+                    </wps:bodyPr>
+                  </wps:wsp>
+                </a:graphicData>
+              </a:graphic>
+              <wp14:sizeRelH relativeFrom="page">
+                <wp14:pctWidth>0</wp14:pctWidth>
+              </wp14:sizeRelH>
+              <wp14:sizeRelV relativeFrom="page">
+                <wp14:pctHeight>0</wp14:pctHeight>
+              </wp14:sizeRelV>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback>
+          <w:pict>
+            <v:shapetype w14:anchorId="09AC565F" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+              <v:stroke joinstyle="miter"/>
+              <v:path gradientshapeok="t" o:connecttype="rect"/>
+            </v:shapetype>
+            <v:shape id="docshape162" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:295pt;margin-top:794.35pt;width:18.3pt;height:13.05pt;z-index:-19046912;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB3xRr2sgIAALEFAAAOAAAAZHJzL2Uyb0RvYy54bWysVNuOmzAQfa/Uf7D8znIJIQEtqXZDqCpt&#10;L9K2H+BgE6yCTW0nZFv13zs2IZvdVaWqLQ/WYI/PzJk5nus3x65FB6Y0lyLH4VWAEROVpFzscvzl&#10;c+ktMdKGCEpaKViOH5jGb1avX10PfcYi2ciWMoUAROhs6HPcGNNnvq+rhnVEX8meCTispeqIgV+1&#10;86kiA6B3rR8FQeIPUtFeyYppDbvFeIhXDr+uWWU+1rVmBrU5htyMW5Vbt3b1V9ck2ynSN7w6pUH+&#10;IouOcAFBz1AFMQTtFX8B1fFKSS1rc1XJzpd1zSvmOACbMHjG5r4hPXNcoDi6P5dJ/z/Y6sPhk0Kc&#10;5jidJ9EsiBYzjATpoFVUVtomECaRLdPQ6wy873vwN8dbeYR2O8q6v5PVV42EXDdE7NiNUnJoGKGQ&#10;Zmhv+hdXRxxtQbbDe0khDtkb6YCOtepsDaEqCNChXQ/nFrGjQRVsRrMoDuGkgqMwmS9mcxeBZNPl&#10;XmnzlskOWSPHChTgwMnhThubDMkmFxtLyJK3rVNBK55sgOO4A6Hhqj2zSbim/kiDdLPcLGMvjpKN&#10;FwdF4d2U69hLynAxL2bFel2EP23cMM4aTikTNswksDD+swaepD5K4ywxLVtOLZxNSavddt0qdCAg&#10;8NJ9p4JcuPlP03BFAC7PKIVRHNxGqVcmy4UXl/HcSxfB0gvC9DZNgjiNi/IppTsu2L9TQoPVXjQf&#10;tfRbboH7XnIjWccNjJCWdzlenp1IZhW4EdS11hDejvZFKWz6j6WAdk+Ndnq1Eh3Fao7bI6BYEW8l&#10;fQDlKgnKAhHC3AOjkeo7RgPMkBzrb3uiGEbtOwHqtwNnMtRkbCeDiAqu5thgNJprMw6mfa/4rgHk&#10;8X0JeQMvpOZOvY9ZnN4VzAVH4jTD7OC5/Hdej5N29QsAAP//AwBQSwMEFAAGAAgAAAAhAP0jleHh&#10;AAAADQEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SNyo3YqaNMSpKgQnJEQaDhyd&#10;2E2sxusQu234e5YTHHdmNPum2M5+YGc7RRdQwXIhgFlsg3HYKfioX+4yYDFpNHoIaBV82wjb8vqq&#10;0LkJF6zseZ86RiUYc62gT2nMOY9tb72OizBaJO8QJq8TnVPHzaQvVO4HvhJCcq8d0odej/apt+1x&#10;f/IKdp9YPbuvt+a9OlSurjcCX+VRqdubefcILNk5/YXhF5/QoSSmJpzQRDYoWG8EbUlkrLPsARhF&#10;5EpKYA1JcnmfAS8L/n9F+QMAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAA&#10;AAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQB&#10;AAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQB3xRr2sgIAALEF&#10;AAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQD9I5Xh4QAA&#10;AA0BAAAPAAAAAAAAAAAAAAAAAAwFAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAGgYA&#10;AAAA&#10;" filled="f" stroked="f">
+              <v:textbox inset="0,0,0,0">
+                <w:txbxContent>
+                  <w:p w14:paraId="34A1639E" w14:textId="46782ABB" w:rsidR="007F4741" w:rsidRPr="006A0B12" w:rsidRDefault="00D91D28">
+                    <w:pPr>
+                      <w:spacing w:line="245" w:lineRule="exact"/>
+                      <w:ind w:left="60"/>
+                      <w:rPr>
+                        <w:rFonts w:ascii="Calibri"/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r w:rsidRPr="006A0B12">
+                      <w:rPr>
+                        <w:rFonts w:ascii="Calibri"/>
+                        <w:spacing w:val="-5"/>
+                      </w:rPr>
+                      <w:fldChar w:fldCharType="begin"/>
+                    </w:r>
+                    <w:r w:rsidRPr="006A0B12">
+                      <w:rPr>
+                        <w:rFonts w:ascii="Calibri"/>
+                        <w:spacing w:val="-5"/>
+                      </w:rPr>
+                      <w:instrText xml:space="preserve"> PAGE </w:instrText>
+                    </w:r>
+                    <w:r w:rsidRPr="006A0B12">
+                      <w:rPr>
+                        <w:rFonts w:ascii="Calibri"/>
+                        <w:spacing w:val="-5"/>
+                      </w:rPr>
+                      <w:fldChar w:fldCharType="separate"/>
+                    </w:r>
+                    <w:r w:rsidR="000F17E0">
+                      <w:rPr>
+                        <w:rFonts w:ascii="Calibri"/>
+                        <w:noProof/>
+                        <w:spacing w:val="-5"/>
+                      </w:rPr>
+                      <w:t>1</w:t>
+                    </w:r>
+                    <w:r w:rsidRPr="006A0B12">
+                      <w:rPr>
+                        <w:rFonts w:ascii="Calibri"/>
+                        <w:spacing w:val="-5"/>
+                      </w:rPr>
+                      <w:fldChar w:fldCharType="end"/>
+                    </w:r>
+                  </w:p>
+                </w:txbxContent>
+              </v:textbox>
+              <w10:wrap anchorx="page" anchory="page"/>
+            </v:shape>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
+    </w:r>
+  </w:p>
+</w:ftr>
+</file>
+
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="02B5886A" w14:textId="77777777" w:rsidR="004D68E6" w:rsidRDefault="004D68E6" w:rsidP="00D026B1">
-[...2 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="6EAC1C7C" w14:textId="77777777" w:rsidR="008E1CA7" w:rsidRDefault="008E1CA7">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="50F2FA99" w14:textId="77777777" w:rsidR="004D68E6" w:rsidRDefault="004D68E6" w:rsidP="00D026B1">
+    <w:p w14:paraId="7C65097C" w14:textId="77777777" w:rsidR="008E1CA7" w:rsidRDefault="008E1CA7">
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:id="1">
+    <w:p w14:paraId="6A43E8B4" w14:textId="4DFEF21F" w:rsidR="007C7ACA" w:rsidRPr="00C84C47" w:rsidRDefault="007C7ACA" w:rsidP="00E5554F">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:pStyle w:val="DipnotMetni"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
       </w:pPr>
-      <w:r>
-        <w:continuationSeparator/>
+      <w:r w:rsidRPr="00C84C47">
+        <w:rPr>
+          <w:rStyle w:val="DipnotBavurusu"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C84C47">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00646A52">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Ünvan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C84C47">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C84C47">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Üniversite</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C84C47">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00E5554F">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00E5554F" w:rsidRPr="00E5554F">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Fakülte</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00E5554F" w:rsidRPr="00E5554F">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00E5554F">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00E5554F" w:rsidRPr="00E5554F">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Bölüm</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00E5554F">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00646A52">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>mail</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C84C47">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">@, </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId1" w:history="1">
+        <w:r w:rsidR="00646A52" w:rsidRPr="00C62565">
+          <w:rPr>
+            <w:rStyle w:val="Kpr"/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
+          </w:rPr>
+          <w:t>https://orcid.org/</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="1D831EB7" w14:textId="77777777" w:rsidR="00C84C47" w:rsidRPr="00C84C47" w:rsidRDefault="00C84C47" w:rsidP="00C84C47">
+      <w:pPr>
+        <w:pStyle w:val="DipnotMetni"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="31BEA23F" w14:textId="7F01FF14" w:rsidR="00C84C47" w:rsidRPr="00C84C47" w:rsidRDefault="00C84C47" w:rsidP="00C84C47">
+      <w:pPr>
+        <w:pStyle w:val="DipnotMetni"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C84C47">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Citation/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C84C47">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Atıf</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C84C47">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C84C47">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00646A52">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Y</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00646A52">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>X</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C84C47">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (202</w:t>
+      </w:r>
+      <w:r w:rsidR="003E013E">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C84C47">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+      <w:r w:rsidR="00992D3A">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>AAAA</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C84C47">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C84C47">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Journal of Academic Analysis, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C84C47">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="007A2884">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C84C47">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">), </w:t>
+      </w:r>
+      <w:r w:rsidR="00992D3A">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>00</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C84C47">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="00992D3A">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>00</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C84C47">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A182697" w14:textId="09AA9A15" w:rsidR="00C84C47" w:rsidRPr="007C7ACA" w:rsidRDefault="00C84C47" w:rsidP="00C84C47">
+      <w:pPr>
+        <w:pStyle w:val="DipnotMetni"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:lang w:val="tr-TR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C84C47">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Date Submitted/ </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C84C47">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Gönderim</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C84C47">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C84C47">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Tarihi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C84C47">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidR="00992D3A">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>00</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C84C47">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00B57121">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidR="00992D3A">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C84C47">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>.202</w:t>
+      </w:r>
+      <w:r w:rsidR="003E013E">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C84C47">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Date Accepted/ Kabul </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C84C47">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Tarihi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C84C47">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidR="00992D3A">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>00</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C84C47">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00B57121">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidR="00992D3A">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C84C47">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>.202</w:t>
+      </w:r>
+      <w:r w:rsidR="003E013E">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>6</w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
+<file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+  <w:sdt>
+    <w:sdtPr>
+      <w:rPr>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:alias w:val="Başlık"/>
+      <w:tag w:val=""/>
+      <w:id w:val="1116400235"/>
+      <w:placeholder>
+        <w:docPart w:val="E11FDAF2182446D59861D20920755CFA"/>
+      </w:placeholder>
+      <w:dataBinding w:prefixMappings="xmlns:ns0='http://purl.org/dc/elements/1.1/' xmlns:ns1='http://schemas.openxmlformats.org/package/2006/metadata/core-properties' " w:xpath="/ns1:coreProperties[1]/ns0:title[1]" w:storeItemID="{6C3C8BC8-F283-45AE-878A-BAB7291924A1}"/>
+      <w:text/>
+    </w:sdtPr>
+    <w:sdtEndPr/>
+    <w:sdtContent>
+      <w:p w14:paraId="33BA973A" w14:textId="495B7780" w:rsidR="0062614F" w:rsidRPr="005F1F0A" w:rsidRDefault="00DD6DDA" w:rsidP="0039177B">
+        <w:pPr>
+          <w:pStyle w:val="stBilgi"/>
+          <w:jc w:val="both"/>
+          <w:rPr>
+            <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+        </w:pPr>
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:t>Journal of Academic Analysis (JAC)</w:t>
+        </w:r>
+        <w:r w:rsidR="0039177B">
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> 202</w:t>
+        </w:r>
+        <w:r w:rsidR="00530C9A">
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:t>6</w:t>
+        </w:r>
+        <w:r w:rsidR="0039177B">
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:r w:rsidR="00530C9A">
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:t>4</w:t>
+        </w:r>
+        <w:r w:rsidR="0039177B">
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:t>(</w:t>
+        </w:r>
+        <w:r w:rsidR="00530C9A">
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:t>1</w:t>
+        </w:r>
+        <w:r w:rsidR="0039177B">
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:t>),</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> International Peer-Reviewed Journal/ </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:t>Uluslararası</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:t>Hakemli</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:t>Dergi</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+      </w:p>
+    </w:sdtContent>
+  </w:sdt>
+  <w:p w14:paraId="260F83A5" w14:textId="58FBA055" w:rsidR="007F4741" w:rsidRDefault="007F4741">
+    <w:pPr>
+      <w:pStyle w:val="GvdeMetni"/>
+      <w:spacing w:line="14" w:lineRule="auto"/>
+      <w:rPr>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="040734FC"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="73006A0E"/>
+    <w:lvl w:ilvl="0" w:tplc="FA2ACCF8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="ordinal"/>
+      <w:lvlText w:val="3.%1"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="17316A68"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="DC961C14"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="3"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7560" w:hanging="1800"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="23BD4AAC"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="BB60DB7E"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="251E34B4"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="F2286AA2"/>
+    <w:lvl w:ilvl="0" w:tplc="067E6B7E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="2F4E7788"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="EDA8DE50"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="3"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="2"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="1800"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="377A7B7E"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="34AAAC02"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:suff w:val="space"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1129" w:hanging="420"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1778" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2127" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2836" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3185" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3894" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4243" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4952" w:hanging="1800"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3BFE2CA1"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="7974C732"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="4"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="1170" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="1800"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="42D53322"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="CF08F54A"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="3"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="1800"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="50F80D41"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="362C91D8"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="3"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="3"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1069" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2138" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2847" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3916" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4625" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5694" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6403" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7472" w:hanging="1800"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5461437C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="7618E226"/>
-    <w:lvl w:ilvl="0" w:tplc="041F000F">
+    <w:tmpl w:val="A4A260B4"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7200" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5BD825A8"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="9D3808BA"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="3"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1066" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2132" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2838" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3904" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4610" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5676" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6382" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7448" w:hanging="1800"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5CA27ABE"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="34AAAC02"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:suff w:val="space"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1129" w:hanging="420"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1778" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2127" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2836" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3185" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3894" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4243" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4952" w:hanging="1800"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6FC35BAB"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="938613E2"/>
+    <w:lvl w:ilvl="0" w:tplc="DB6EB7D0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:suff w:val="space"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1134" w:hanging="774"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="713C637E"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="3988A00C"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="4"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="2"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="1800"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="77AB3B66"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="B6BCC20A"/>
+    <w:lvl w:ilvl="0" w:tplc="6BCCCCD6">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
+        <w:b/>
+        <w:sz w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041F0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041F001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041F000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
@@ -7103,1208 +22634,3046 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041F0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041F001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="6D342B63"/>
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7F75718C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="D8C20A18"/>
-    <w:lvl w:ilvl="0" w:tplc="65B08D58">
+    <w:tmpl w:val="EFB6CE4C"/>
+    <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:eastAsia="Calibri" w:hint="default"/>
+        <w:rFonts w:hint="default"/>
+        <w:b/>
+        <w:sz w:val="24"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="041F0019" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="041F001B" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="041F000F" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="041F0019" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="041F001B" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="041F000F" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="041F0019" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="041F001B" w:tentative="1">
-[...177 lines deleted...]
-    <w:lvl w:ilvl="8" w:tplc="041F001B" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="2">
+    <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="3">
+    <w:abstractNumId w:val="5"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="4">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="5">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="6">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="7">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="8">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="9">
+    <w:abstractNumId w:val="13"/>
+  </w:num>
+  <w:num w:numId="10">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="11">
+    <w:abstractNumId w:val="14"/>
+  </w:num>
+  <w:num w:numId="12">
+    <w:abstractNumId w:val="15"/>
+  </w:num>
+  <w:num w:numId="13">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="14">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="15">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="16">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="2">
-    <w:abstractNumId w:val="0"/>
+  <w:num w:numId="17">
+    <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="3">
-[...4 lines deleted...]
-  </w:num>
+  <w:numIdMacAtCleanup w:val="7"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
   <w:zoom w:percent="100"/>
+  <w:displayBackgroundShape/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:defaultTabStop w:val="708"/>
+  <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
+  <w:drawingGridHorizontalSpacing w:val="110"/>
+  <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:hdrShapeDefaults>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+  </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
+    <w:ulTrailSpace/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="002D45B1"/>
-[...802 lines deleted...]
-    <w:rsid w:val="00FF1F11"/>
+    <w:rsidRoot w:val="007F4741"/>
+    <w:rsid w:val="000042F9"/>
+    <w:rsid w:val="0000441F"/>
+    <w:rsid w:val="00006824"/>
+    <w:rsid w:val="00010C41"/>
+    <w:rsid w:val="000119A8"/>
+    <w:rsid w:val="000125DA"/>
+    <w:rsid w:val="00014693"/>
+    <w:rsid w:val="0001613D"/>
+    <w:rsid w:val="000162BB"/>
+    <w:rsid w:val="00017F18"/>
+    <w:rsid w:val="00023800"/>
+    <w:rsid w:val="00027890"/>
+    <w:rsid w:val="000335C6"/>
+    <w:rsid w:val="00033AD4"/>
+    <w:rsid w:val="00034F69"/>
+    <w:rsid w:val="00042581"/>
+    <w:rsid w:val="00042640"/>
+    <w:rsid w:val="0005233A"/>
+    <w:rsid w:val="00055966"/>
+    <w:rsid w:val="000706B6"/>
+    <w:rsid w:val="00077464"/>
+    <w:rsid w:val="000808D8"/>
+    <w:rsid w:val="000826F2"/>
+    <w:rsid w:val="00086B67"/>
+    <w:rsid w:val="00087056"/>
+    <w:rsid w:val="00091151"/>
+    <w:rsid w:val="00091995"/>
+    <w:rsid w:val="0009274C"/>
+    <w:rsid w:val="00094E7F"/>
+    <w:rsid w:val="0009657F"/>
+    <w:rsid w:val="0009719A"/>
+    <w:rsid w:val="000A5BF3"/>
+    <w:rsid w:val="000A7C1B"/>
+    <w:rsid w:val="000A7FA2"/>
+    <w:rsid w:val="000C4FEE"/>
+    <w:rsid w:val="000D327C"/>
+    <w:rsid w:val="000D44A0"/>
+    <w:rsid w:val="000D4E68"/>
+    <w:rsid w:val="000D5121"/>
+    <w:rsid w:val="000D717C"/>
+    <w:rsid w:val="000E24C9"/>
+    <w:rsid w:val="000E3C5D"/>
+    <w:rsid w:val="000F06FC"/>
+    <w:rsid w:val="000F1120"/>
+    <w:rsid w:val="000F17E0"/>
+    <w:rsid w:val="000F2C3E"/>
+    <w:rsid w:val="000F6B32"/>
+    <w:rsid w:val="0010064F"/>
+    <w:rsid w:val="00101B7F"/>
+    <w:rsid w:val="0011480F"/>
+    <w:rsid w:val="00115851"/>
+    <w:rsid w:val="0011602D"/>
+    <w:rsid w:val="001175E4"/>
+    <w:rsid w:val="00131182"/>
+    <w:rsid w:val="00137D3C"/>
+    <w:rsid w:val="001403F5"/>
+    <w:rsid w:val="00147489"/>
+    <w:rsid w:val="00151ABC"/>
+    <w:rsid w:val="00154573"/>
+    <w:rsid w:val="001553FB"/>
+    <w:rsid w:val="001625F2"/>
+    <w:rsid w:val="00167A15"/>
+    <w:rsid w:val="00170963"/>
+    <w:rsid w:val="00171A4B"/>
+    <w:rsid w:val="00171C4C"/>
+    <w:rsid w:val="00177C3F"/>
+    <w:rsid w:val="00182F10"/>
+    <w:rsid w:val="00183B2E"/>
+    <w:rsid w:val="00184043"/>
+    <w:rsid w:val="00185481"/>
+    <w:rsid w:val="001933DC"/>
+    <w:rsid w:val="001964BE"/>
+    <w:rsid w:val="001A14E5"/>
+    <w:rsid w:val="001A70D0"/>
+    <w:rsid w:val="001B0E89"/>
+    <w:rsid w:val="001B14A3"/>
+    <w:rsid w:val="001B286B"/>
+    <w:rsid w:val="001B4CF8"/>
+    <w:rsid w:val="001B729D"/>
+    <w:rsid w:val="001B7B23"/>
+    <w:rsid w:val="001C3438"/>
+    <w:rsid w:val="001C375A"/>
+    <w:rsid w:val="001D1EA0"/>
+    <w:rsid w:val="001D3F7D"/>
+    <w:rsid w:val="001D48C4"/>
+    <w:rsid w:val="001D537E"/>
+    <w:rsid w:val="001D5542"/>
+    <w:rsid w:val="001D6301"/>
+    <w:rsid w:val="001D7984"/>
+    <w:rsid w:val="001E4EBC"/>
+    <w:rsid w:val="001E6E96"/>
+    <w:rsid w:val="001F0C18"/>
+    <w:rsid w:val="001F4094"/>
+    <w:rsid w:val="001F41C2"/>
+    <w:rsid w:val="0020001A"/>
+    <w:rsid w:val="00203D7E"/>
+    <w:rsid w:val="00204B52"/>
+    <w:rsid w:val="00205364"/>
+    <w:rsid w:val="00206FD0"/>
+    <w:rsid w:val="002104A4"/>
+    <w:rsid w:val="00215CDB"/>
+    <w:rsid w:val="0021642E"/>
+    <w:rsid w:val="00217A12"/>
+    <w:rsid w:val="00217EF3"/>
+    <w:rsid w:val="002205AF"/>
+    <w:rsid w:val="0022121E"/>
+    <w:rsid w:val="00231553"/>
+    <w:rsid w:val="00242ACF"/>
+    <w:rsid w:val="00242C3C"/>
+    <w:rsid w:val="002448A9"/>
+    <w:rsid w:val="00250C7C"/>
+    <w:rsid w:val="00251083"/>
+    <w:rsid w:val="00254CD0"/>
+    <w:rsid w:val="00264C38"/>
+    <w:rsid w:val="0026686F"/>
+    <w:rsid w:val="00270D5A"/>
+    <w:rsid w:val="00270FDE"/>
+    <w:rsid w:val="00274869"/>
+    <w:rsid w:val="00290889"/>
+    <w:rsid w:val="00295F9B"/>
+    <w:rsid w:val="0029732F"/>
+    <w:rsid w:val="00297EF2"/>
+    <w:rsid w:val="002A0FFD"/>
+    <w:rsid w:val="002B0064"/>
+    <w:rsid w:val="002B5021"/>
+    <w:rsid w:val="002B7E0A"/>
+    <w:rsid w:val="002C23BE"/>
+    <w:rsid w:val="002C617E"/>
+    <w:rsid w:val="002D047C"/>
+    <w:rsid w:val="002D487D"/>
+    <w:rsid w:val="002E274B"/>
+    <w:rsid w:val="002E2980"/>
+    <w:rsid w:val="002F08D0"/>
+    <w:rsid w:val="002F1C46"/>
+    <w:rsid w:val="002F3465"/>
+    <w:rsid w:val="002F451D"/>
+    <w:rsid w:val="002F7276"/>
+    <w:rsid w:val="002F7455"/>
+    <w:rsid w:val="003004E8"/>
+    <w:rsid w:val="0030063B"/>
+    <w:rsid w:val="0030237E"/>
+    <w:rsid w:val="003023F5"/>
+    <w:rsid w:val="003077D1"/>
+    <w:rsid w:val="00307E6D"/>
+    <w:rsid w:val="0032018E"/>
+    <w:rsid w:val="00323BDE"/>
+    <w:rsid w:val="00342574"/>
+    <w:rsid w:val="00344AE6"/>
+    <w:rsid w:val="00345061"/>
+    <w:rsid w:val="0035134A"/>
+    <w:rsid w:val="00351E98"/>
+    <w:rsid w:val="0035313B"/>
+    <w:rsid w:val="00357055"/>
+    <w:rsid w:val="0035755E"/>
+    <w:rsid w:val="00357C9C"/>
+    <w:rsid w:val="00361BF3"/>
+    <w:rsid w:val="00366AB7"/>
+    <w:rsid w:val="00366D79"/>
+    <w:rsid w:val="003728B0"/>
+    <w:rsid w:val="003730BE"/>
+    <w:rsid w:val="0037371A"/>
+    <w:rsid w:val="003745DA"/>
+    <w:rsid w:val="00381AF6"/>
+    <w:rsid w:val="00382D2B"/>
+    <w:rsid w:val="00384806"/>
+    <w:rsid w:val="00386456"/>
+    <w:rsid w:val="0039058F"/>
+    <w:rsid w:val="003911CD"/>
+    <w:rsid w:val="0039177B"/>
+    <w:rsid w:val="00392F9D"/>
+    <w:rsid w:val="003B0BF9"/>
+    <w:rsid w:val="003B2FDC"/>
+    <w:rsid w:val="003B3EF0"/>
+    <w:rsid w:val="003B6AC1"/>
+    <w:rsid w:val="003C695E"/>
+    <w:rsid w:val="003C6AD0"/>
+    <w:rsid w:val="003D1B50"/>
+    <w:rsid w:val="003D20A8"/>
+    <w:rsid w:val="003D3A1A"/>
+    <w:rsid w:val="003E013E"/>
+    <w:rsid w:val="003E6BE8"/>
+    <w:rsid w:val="003F05BE"/>
+    <w:rsid w:val="003F2316"/>
+    <w:rsid w:val="003F74D6"/>
+    <w:rsid w:val="003F78F4"/>
+    <w:rsid w:val="00402765"/>
+    <w:rsid w:val="00405BED"/>
+    <w:rsid w:val="004150F0"/>
+    <w:rsid w:val="00415CAB"/>
+    <w:rsid w:val="004207B6"/>
+    <w:rsid w:val="00422DFB"/>
+    <w:rsid w:val="004235CE"/>
+    <w:rsid w:val="0042710E"/>
+    <w:rsid w:val="00434CFA"/>
+    <w:rsid w:val="00442A20"/>
+    <w:rsid w:val="00447B42"/>
+    <w:rsid w:val="004501B4"/>
+    <w:rsid w:val="00450C55"/>
+    <w:rsid w:val="004561AB"/>
+    <w:rsid w:val="00460E44"/>
+    <w:rsid w:val="0046114F"/>
+    <w:rsid w:val="004679BC"/>
+    <w:rsid w:val="004710E9"/>
+    <w:rsid w:val="00471795"/>
+    <w:rsid w:val="004717E0"/>
+    <w:rsid w:val="00474503"/>
+    <w:rsid w:val="00474C9E"/>
+    <w:rsid w:val="00476625"/>
+    <w:rsid w:val="00481BB8"/>
+    <w:rsid w:val="0048345B"/>
+    <w:rsid w:val="0048364E"/>
+    <w:rsid w:val="0048450C"/>
+    <w:rsid w:val="00484E97"/>
+    <w:rsid w:val="0048748C"/>
+    <w:rsid w:val="00495F5C"/>
+    <w:rsid w:val="004964A8"/>
+    <w:rsid w:val="004974E4"/>
+    <w:rsid w:val="004A3928"/>
+    <w:rsid w:val="004C034A"/>
+    <w:rsid w:val="004C2E55"/>
+    <w:rsid w:val="004C4E6D"/>
+    <w:rsid w:val="004C7415"/>
+    <w:rsid w:val="004D5A02"/>
+    <w:rsid w:val="004E2259"/>
+    <w:rsid w:val="004E695C"/>
+    <w:rsid w:val="004E7597"/>
+    <w:rsid w:val="004F1B00"/>
+    <w:rsid w:val="004F4395"/>
+    <w:rsid w:val="004F5970"/>
+    <w:rsid w:val="005033DD"/>
+    <w:rsid w:val="00507F85"/>
+    <w:rsid w:val="00510730"/>
+    <w:rsid w:val="0052483C"/>
+    <w:rsid w:val="00526CBA"/>
+    <w:rsid w:val="00530C9A"/>
+    <w:rsid w:val="00533B09"/>
+    <w:rsid w:val="005414F1"/>
+    <w:rsid w:val="005444BC"/>
+    <w:rsid w:val="00545AE1"/>
+    <w:rsid w:val="00546E16"/>
+    <w:rsid w:val="00551343"/>
+    <w:rsid w:val="005517C1"/>
+    <w:rsid w:val="00562A47"/>
+    <w:rsid w:val="0056357B"/>
+    <w:rsid w:val="00566BA5"/>
+    <w:rsid w:val="00574B85"/>
+    <w:rsid w:val="00575A44"/>
+    <w:rsid w:val="00575A90"/>
+    <w:rsid w:val="00576AEA"/>
+    <w:rsid w:val="00591054"/>
+    <w:rsid w:val="00592EC1"/>
+    <w:rsid w:val="0059456D"/>
+    <w:rsid w:val="005A4429"/>
+    <w:rsid w:val="005A4F7C"/>
+    <w:rsid w:val="005B2714"/>
+    <w:rsid w:val="005B65AC"/>
+    <w:rsid w:val="005C0A92"/>
+    <w:rsid w:val="005C55EE"/>
+    <w:rsid w:val="005C5E97"/>
+    <w:rsid w:val="005C6498"/>
+    <w:rsid w:val="005C6585"/>
+    <w:rsid w:val="005C7817"/>
+    <w:rsid w:val="005D32F2"/>
+    <w:rsid w:val="005D58A4"/>
+    <w:rsid w:val="005D6A95"/>
+    <w:rsid w:val="005D6FCB"/>
+    <w:rsid w:val="005D7829"/>
+    <w:rsid w:val="005E030B"/>
+    <w:rsid w:val="005E1939"/>
+    <w:rsid w:val="005F1F0A"/>
+    <w:rsid w:val="005F73BA"/>
+    <w:rsid w:val="00604A84"/>
+    <w:rsid w:val="00606C91"/>
+    <w:rsid w:val="00613CA6"/>
+    <w:rsid w:val="0062614F"/>
+    <w:rsid w:val="006270B5"/>
+    <w:rsid w:val="00632044"/>
+    <w:rsid w:val="00632470"/>
+    <w:rsid w:val="00632D27"/>
+    <w:rsid w:val="0063355B"/>
+    <w:rsid w:val="00634214"/>
+    <w:rsid w:val="006404A6"/>
+    <w:rsid w:val="00644614"/>
+    <w:rsid w:val="00645A00"/>
+    <w:rsid w:val="00646A52"/>
+    <w:rsid w:val="0065069F"/>
+    <w:rsid w:val="00653699"/>
+    <w:rsid w:val="00666416"/>
+    <w:rsid w:val="00666C8C"/>
+    <w:rsid w:val="006701C4"/>
+    <w:rsid w:val="00673A6D"/>
+    <w:rsid w:val="00676180"/>
+    <w:rsid w:val="00681952"/>
+    <w:rsid w:val="00684B59"/>
+    <w:rsid w:val="00686782"/>
+    <w:rsid w:val="00691CD8"/>
+    <w:rsid w:val="00692002"/>
+    <w:rsid w:val="00692AD7"/>
+    <w:rsid w:val="00693FD2"/>
+    <w:rsid w:val="006A0B12"/>
+    <w:rsid w:val="006A26FF"/>
+    <w:rsid w:val="006A37F4"/>
+    <w:rsid w:val="006A4E49"/>
+    <w:rsid w:val="006A5277"/>
+    <w:rsid w:val="006A53D6"/>
+    <w:rsid w:val="006A5567"/>
+    <w:rsid w:val="006A7282"/>
+    <w:rsid w:val="006B201C"/>
+    <w:rsid w:val="006B2633"/>
+    <w:rsid w:val="006B35B8"/>
+    <w:rsid w:val="006B4E67"/>
+    <w:rsid w:val="006B5E98"/>
+    <w:rsid w:val="006B760F"/>
+    <w:rsid w:val="006C288D"/>
+    <w:rsid w:val="006C3CE7"/>
+    <w:rsid w:val="006C3EB9"/>
+    <w:rsid w:val="006D02AE"/>
+    <w:rsid w:val="006D12D5"/>
+    <w:rsid w:val="006D21EE"/>
+    <w:rsid w:val="006E2F4A"/>
+    <w:rsid w:val="006E305D"/>
+    <w:rsid w:val="006F4644"/>
+    <w:rsid w:val="006F6FA9"/>
+    <w:rsid w:val="00702926"/>
+    <w:rsid w:val="00704915"/>
+    <w:rsid w:val="00707079"/>
+    <w:rsid w:val="00714C0B"/>
+    <w:rsid w:val="007235F5"/>
+    <w:rsid w:val="00732FA9"/>
+    <w:rsid w:val="0073688C"/>
+    <w:rsid w:val="00736E37"/>
+    <w:rsid w:val="007510E7"/>
+    <w:rsid w:val="0075170B"/>
+    <w:rsid w:val="00770D9E"/>
+    <w:rsid w:val="00774001"/>
+    <w:rsid w:val="00776459"/>
+    <w:rsid w:val="00781C84"/>
+    <w:rsid w:val="00781E86"/>
+    <w:rsid w:val="00782E51"/>
+    <w:rsid w:val="00786516"/>
+    <w:rsid w:val="007905A3"/>
+    <w:rsid w:val="0079135B"/>
+    <w:rsid w:val="00792C83"/>
+    <w:rsid w:val="0079725A"/>
+    <w:rsid w:val="007A0752"/>
+    <w:rsid w:val="007A2884"/>
+    <w:rsid w:val="007A2BEE"/>
+    <w:rsid w:val="007A2DBD"/>
+    <w:rsid w:val="007A4777"/>
+    <w:rsid w:val="007A6393"/>
+    <w:rsid w:val="007B5E3A"/>
+    <w:rsid w:val="007C25B1"/>
+    <w:rsid w:val="007C4248"/>
+    <w:rsid w:val="007C6F7A"/>
+    <w:rsid w:val="007C7ACA"/>
+    <w:rsid w:val="007D12F9"/>
+    <w:rsid w:val="007D21B7"/>
+    <w:rsid w:val="007D589E"/>
+    <w:rsid w:val="007E0A36"/>
+    <w:rsid w:val="007E7956"/>
+    <w:rsid w:val="007F3936"/>
+    <w:rsid w:val="007F4741"/>
+    <w:rsid w:val="007F4942"/>
+    <w:rsid w:val="007F78FB"/>
+    <w:rsid w:val="00801AC5"/>
+    <w:rsid w:val="00802923"/>
+    <w:rsid w:val="0080423E"/>
+    <w:rsid w:val="00806571"/>
+    <w:rsid w:val="00810147"/>
+    <w:rsid w:val="00811E9F"/>
+    <w:rsid w:val="008125D4"/>
+    <w:rsid w:val="00812B4C"/>
+    <w:rsid w:val="00815F0F"/>
+    <w:rsid w:val="008201ED"/>
+    <w:rsid w:val="00821587"/>
+    <w:rsid w:val="00821818"/>
+    <w:rsid w:val="00826DB5"/>
+    <w:rsid w:val="0082758C"/>
+    <w:rsid w:val="008276E2"/>
+    <w:rsid w:val="008277D4"/>
+    <w:rsid w:val="008331B3"/>
+    <w:rsid w:val="00836875"/>
+    <w:rsid w:val="00836C63"/>
+    <w:rsid w:val="00840A62"/>
+    <w:rsid w:val="0084589E"/>
+    <w:rsid w:val="00845DFD"/>
+    <w:rsid w:val="00852B33"/>
+    <w:rsid w:val="00854B68"/>
+    <w:rsid w:val="00855A6A"/>
+    <w:rsid w:val="00860065"/>
+    <w:rsid w:val="00862435"/>
+    <w:rsid w:val="00864423"/>
+    <w:rsid w:val="0086500B"/>
+    <w:rsid w:val="008677D1"/>
+    <w:rsid w:val="00875720"/>
+    <w:rsid w:val="00875937"/>
+    <w:rsid w:val="00875E9A"/>
+    <w:rsid w:val="00881562"/>
+    <w:rsid w:val="00881BF3"/>
+    <w:rsid w:val="00885CFE"/>
+    <w:rsid w:val="0089059F"/>
+    <w:rsid w:val="00891AF0"/>
+    <w:rsid w:val="008922A4"/>
+    <w:rsid w:val="00893856"/>
+    <w:rsid w:val="0089794A"/>
+    <w:rsid w:val="008A2C05"/>
+    <w:rsid w:val="008A7E01"/>
+    <w:rsid w:val="008B2055"/>
+    <w:rsid w:val="008B3B10"/>
+    <w:rsid w:val="008B5A53"/>
+    <w:rsid w:val="008B6B64"/>
+    <w:rsid w:val="008B7B7C"/>
+    <w:rsid w:val="008B7E0D"/>
+    <w:rsid w:val="008C08E0"/>
+    <w:rsid w:val="008C7D58"/>
+    <w:rsid w:val="008D04F9"/>
+    <w:rsid w:val="008D1EBE"/>
+    <w:rsid w:val="008D31AB"/>
+    <w:rsid w:val="008D3FA8"/>
+    <w:rsid w:val="008D4FE5"/>
+    <w:rsid w:val="008E1CA7"/>
+    <w:rsid w:val="008E3C92"/>
+    <w:rsid w:val="008E4DA7"/>
+    <w:rsid w:val="008E6564"/>
+    <w:rsid w:val="008E7E2C"/>
+    <w:rsid w:val="008E7F0B"/>
+    <w:rsid w:val="008F0C87"/>
+    <w:rsid w:val="008F1773"/>
+    <w:rsid w:val="008F2F78"/>
+    <w:rsid w:val="00900A4C"/>
+    <w:rsid w:val="00905205"/>
+    <w:rsid w:val="00906E94"/>
+    <w:rsid w:val="00914C13"/>
+    <w:rsid w:val="0091507E"/>
+    <w:rsid w:val="00917D00"/>
+    <w:rsid w:val="00924D76"/>
+    <w:rsid w:val="00925C44"/>
+    <w:rsid w:val="00927002"/>
+    <w:rsid w:val="00927325"/>
+    <w:rsid w:val="00934976"/>
+    <w:rsid w:val="00934FBB"/>
+    <w:rsid w:val="0093510A"/>
+    <w:rsid w:val="00942116"/>
+    <w:rsid w:val="00942B71"/>
+    <w:rsid w:val="00942F02"/>
+    <w:rsid w:val="009445B8"/>
+    <w:rsid w:val="00947F7E"/>
+    <w:rsid w:val="00950526"/>
+    <w:rsid w:val="0095355C"/>
+    <w:rsid w:val="00955DEC"/>
+    <w:rsid w:val="00955EDC"/>
+    <w:rsid w:val="009626D9"/>
+    <w:rsid w:val="00964325"/>
+    <w:rsid w:val="00964419"/>
+    <w:rsid w:val="00964B34"/>
+    <w:rsid w:val="009658D8"/>
+    <w:rsid w:val="00971E76"/>
+    <w:rsid w:val="0098054E"/>
+    <w:rsid w:val="00980C14"/>
+    <w:rsid w:val="00982560"/>
+    <w:rsid w:val="009847F2"/>
+    <w:rsid w:val="00985F75"/>
+    <w:rsid w:val="0099202D"/>
+    <w:rsid w:val="00992D3A"/>
+    <w:rsid w:val="009A4143"/>
+    <w:rsid w:val="009A5465"/>
+    <w:rsid w:val="009B4250"/>
+    <w:rsid w:val="009C172B"/>
+    <w:rsid w:val="009C7042"/>
+    <w:rsid w:val="009D4142"/>
+    <w:rsid w:val="009E1E30"/>
+    <w:rsid w:val="009E216F"/>
+    <w:rsid w:val="009E5CF1"/>
+    <w:rsid w:val="009E78DF"/>
+    <w:rsid w:val="009E7FF3"/>
+    <w:rsid w:val="009F1C7F"/>
+    <w:rsid w:val="009F3C1B"/>
+    <w:rsid w:val="009F3DA8"/>
+    <w:rsid w:val="009F4C96"/>
+    <w:rsid w:val="009F76F2"/>
+    <w:rsid w:val="00A005D3"/>
+    <w:rsid w:val="00A03188"/>
+    <w:rsid w:val="00A07C27"/>
+    <w:rsid w:val="00A101B8"/>
+    <w:rsid w:val="00A10A39"/>
+    <w:rsid w:val="00A14934"/>
+    <w:rsid w:val="00A15B18"/>
+    <w:rsid w:val="00A168C4"/>
+    <w:rsid w:val="00A24358"/>
+    <w:rsid w:val="00A24C12"/>
+    <w:rsid w:val="00A27E08"/>
+    <w:rsid w:val="00A31A75"/>
+    <w:rsid w:val="00A32C78"/>
+    <w:rsid w:val="00A34242"/>
+    <w:rsid w:val="00A4153F"/>
+    <w:rsid w:val="00A460AF"/>
+    <w:rsid w:val="00A51208"/>
+    <w:rsid w:val="00A55880"/>
+    <w:rsid w:val="00A5708D"/>
+    <w:rsid w:val="00A60473"/>
+    <w:rsid w:val="00A62F9B"/>
+    <w:rsid w:val="00A73218"/>
+    <w:rsid w:val="00A73FDD"/>
+    <w:rsid w:val="00A76680"/>
+    <w:rsid w:val="00A76C15"/>
+    <w:rsid w:val="00A825B2"/>
+    <w:rsid w:val="00A82714"/>
+    <w:rsid w:val="00A85049"/>
+    <w:rsid w:val="00A90B0D"/>
+    <w:rsid w:val="00A91F4C"/>
+    <w:rsid w:val="00A9387F"/>
+    <w:rsid w:val="00A96041"/>
+    <w:rsid w:val="00AA0C8B"/>
+    <w:rsid w:val="00AA10CE"/>
+    <w:rsid w:val="00AA50A1"/>
+    <w:rsid w:val="00AA7F97"/>
+    <w:rsid w:val="00AB107B"/>
+    <w:rsid w:val="00AB1DB7"/>
+    <w:rsid w:val="00AB24B5"/>
+    <w:rsid w:val="00AB3121"/>
+    <w:rsid w:val="00AC0095"/>
+    <w:rsid w:val="00AC29AE"/>
+    <w:rsid w:val="00AC306D"/>
+    <w:rsid w:val="00AC5B6C"/>
+    <w:rsid w:val="00AC7B44"/>
+    <w:rsid w:val="00AD4DB0"/>
+    <w:rsid w:val="00AD71AA"/>
+    <w:rsid w:val="00AD7683"/>
+    <w:rsid w:val="00AE12ED"/>
+    <w:rsid w:val="00AE3CE6"/>
+    <w:rsid w:val="00AE5833"/>
+    <w:rsid w:val="00AF1B1D"/>
+    <w:rsid w:val="00AF272E"/>
+    <w:rsid w:val="00AF68C2"/>
+    <w:rsid w:val="00AF7BDE"/>
+    <w:rsid w:val="00B00B0A"/>
+    <w:rsid w:val="00B01F57"/>
+    <w:rsid w:val="00B04F29"/>
+    <w:rsid w:val="00B1249C"/>
+    <w:rsid w:val="00B21C0F"/>
+    <w:rsid w:val="00B27904"/>
+    <w:rsid w:val="00B27E3E"/>
+    <w:rsid w:val="00B350AA"/>
+    <w:rsid w:val="00B400D7"/>
+    <w:rsid w:val="00B5143C"/>
+    <w:rsid w:val="00B51DD3"/>
+    <w:rsid w:val="00B54157"/>
+    <w:rsid w:val="00B560B4"/>
+    <w:rsid w:val="00B57121"/>
+    <w:rsid w:val="00B6035A"/>
+    <w:rsid w:val="00B70298"/>
+    <w:rsid w:val="00B71723"/>
+    <w:rsid w:val="00B76BE9"/>
+    <w:rsid w:val="00B80874"/>
+    <w:rsid w:val="00B80F59"/>
+    <w:rsid w:val="00B85360"/>
+    <w:rsid w:val="00B876B4"/>
+    <w:rsid w:val="00B900AC"/>
+    <w:rsid w:val="00B93E06"/>
+    <w:rsid w:val="00B96F67"/>
+    <w:rsid w:val="00BA0AA9"/>
+    <w:rsid w:val="00BA1B95"/>
+    <w:rsid w:val="00BA7FC8"/>
+    <w:rsid w:val="00BB40C8"/>
+    <w:rsid w:val="00BB55B2"/>
+    <w:rsid w:val="00BB65D5"/>
+    <w:rsid w:val="00BC3FE3"/>
+    <w:rsid w:val="00BC62D3"/>
+    <w:rsid w:val="00BC783F"/>
+    <w:rsid w:val="00BD7BB5"/>
+    <w:rsid w:val="00BE04F2"/>
+    <w:rsid w:val="00BE30B0"/>
+    <w:rsid w:val="00BE64A3"/>
+    <w:rsid w:val="00BE64A9"/>
+    <w:rsid w:val="00BF00C1"/>
+    <w:rsid w:val="00BF588C"/>
+    <w:rsid w:val="00BF5AE6"/>
+    <w:rsid w:val="00C018DA"/>
+    <w:rsid w:val="00C05F37"/>
+    <w:rsid w:val="00C06F23"/>
+    <w:rsid w:val="00C1011C"/>
+    <w:rsid w:val="00C1737E"/>
+    <w:rsid w:val="00C17ED7"/>
+    <w:rsid w:val="00C2025B"/>
+    <w:rsid w:val="00C230EC"/>
+    <w:rsid w:val="00C3075B"/>
+    <w:rsid w:val="00C31A05"/>
+    <w:rsid w:val="00C31C8B"/>
+    <w:rsid w:val="00C31D20"/>
+    <w:rsid w:val="00C31DE8"/>
+    <w:rsid w:val="00C413CA"/>
+    <w:rsid w:val="00C42D55"/>
+    <w:rsid w:val="00C43FAC"/>
+    <w:rsid w:val="00C47E36"/>
+    <w:rsid w:val="00C54CE6"/>
+    <w:rsid w:val="00C55E21"/>
+    <w:rsid w:val="00C62565"/>
+    <w:rsid w:val="00C64773"/>
+    <w:rsid w:val="00C7028E"/>
+    <w:rsid w:val="00C71C0E"/>
+    <w:rsid w:val="00C7470C"/>
+    <w:rsid w:val="00C771D7"/>
+    <w:rsid w:val="00C8169D"/>
+    <w:rsid w:val="00C84C47"/>
+    <w:rsid w:val="00C84F7E"/>
+    <w:rsid w:val="00C85864"/>
+    <w:rsid w:val="00C874A3"/>
+    <w:rsid w:val="00C94F03"/>
+    <w:rsid w:val="00C97D7D"/>
+    <w:rsid w:val="00CA1BE3"/>
+    <w:rsid w:val="00CA2BD5"/>
+    <w:rsid w:val="00CA4062"/>
+    <w:rsid w:val="00CB38B7"/>
+    <w:rsid w:val="00CB3967"/>
+    <w:rsid w:val="00CC22A2"/>
+    <w:rsid w:val="00CC2313"/>
+    <w:rsid w:val="00CC23DD"/>
+    <w:rsid w:val="00CC28DE"/>
+    <w:rsid w:val="00CC32BA"/>
+    <w:rsid w:val="00CC5B16"/>
+    <w:rsid w:val="00CC5EC7"/>
+    <w:rsid w:val="00CC727B"/>
+    <w:rsid w:val="00CD1236"/>
+    <w:rsid w:val="00CD3813"/>
+    <w:rsid w:val="00CD6183"/>
+    <w:rsid w:val="00CD691F"/>
+    <w:rsid w:val="00CE1B7E"/>
+    <w:rsid w:val="00CE2FF7"/>
+    <w:rsid w:val="00CE41B2"/>
+    <w:rsid w:val="00CE5ACC"/>
+    <w:rsid w:val="00CE6630"/>
+    <w:rsid w:val="00CF0182"/>
+    <w:rsid w:val="00CF0541"/>
+    <w:rsid w:val="00CF636F"/>
+    <w:rsid w:val="00CF7333"/>
+    <w:rsid w:val="00D031EE"/>
+    <w:rsid w:val="00D05344"/>
+    <w:rsid w:val="00D10B39"/>
+    <w:rsid w:val="00D122DB"/>
+    <w:rsid w:val="00D1405D"/>
+    <w:rsid w:val="00D151FC"/>
+    <w:rsid w:val="00D324E3"/>
+    <w:rsid w:val="00D33478"/>
+    <w:rsid w:val="00D36034"/>
+    <w:rsid w:val="00D37962"/>
+    <w:rsid w:val="00D40BFD"/>
+    <w:rsid w:val="00D4366A"/>
+    <w:rsid w:val="00D539E0"/>
+    <w:rsid w:val="00D54AB4"/>
+    <w:rsid w:val="00D62B86"/>
+    <w:rsid w:val="00D90A1D"/>
+    <w:rsid w:val="00D91C39"/>
+    <w:rsid w:val="00D91D28"/>
+    <w:rsid w:val="00D971A2"/>
+    <w:rsid w:val="00D97DB9"/>
+    <w:rsid w:val="00DA1DB7"/>
+    <w:rsid w:val="00DA4146"/>
+    <w:rsid w:val="00DA4A00"/>
+    <w:rsid w:val="00DA4CAA"/>
+    <w:rsid w:val="00DA5E29"/>
+    <w:rsid w:val="00DA7A89"/>
+    <w:rsid w:val="00DB6750"/>
+    <w:rsid w:val="00DB70BA"/>
+    <w:rsid w:val="00DC5FE2"/>
+    <w:rsid w:val="00DD01DE"/>
+    <w:rsid w:val="00DD07F8"/>
+    <w:rsid w:val="00DD0C71"/>
+    <w:rsid w:val="00DD3864"/>
+    <w:rsid w:val="00DD6DDA"/>
+    <w:rsid w:val="00DD70ED"/>
+    <w:rsid w:val="00DE12A9"/>
+    <w:rsid w:val="00DE1B26"/>
+    <w:rsid w:val="00DE357F"/>
+    <w:rsid w:val="00DE4DC9"/>
+    <w:rsid w:val="00DE6050"/>
+    <w:rsid w:val="00DE63CB"/>
+    <w:rsid w:val="00DE7221"/>
+    <w:rsid w:val="00DE7C67"/>
+    <w:rsid w:val="00DF080D"/>
+    <w:rsid w:val="00DF16AB"/>
+    <w:rsid w:val="00E02DDB"/>
+    <w:rsid w:val="00E0396F"/>
+    <w:rsid w:val="00E06D1F"/>
+    <w:rsid w:val="00E06E60"/>
+    <w:rsid w:val="00E072C5"/>
+    <w:rsid w:val="00E11672"/>
+    <w:rsid w:val="00E12733"/>
+    <w:rsid w:val="00E16853"/>
+    <w:rsid w:val="00E16B35"/>
+    <w:rsid w:val="00E20DF1"/>
+    <w:rsid w:val="00E2309B"/>
+    <w:rsid w:val="00E23960"/>
+    <w:rsid w:val="00E26066"/>
+    <w:rsid w:val="00E35EFC"/>
+    <w:rsid w:val="00E3730C"/>
+    <w:rsid w:val="00E40B92"/>
+    <w:rsid w:val="00E40C77"/>
+    <w:rsid w:val="00E41EA8"/>
+    <w:rsid w:val="00E430AF"/>
+    <w:rsid w:val="00E46191"/>
+    <w:rsid w:val="00E47074"/>
+    <w:rsid w:val="00E47FE0"/>
+    <w:rsid w:val="00E521CF"/>
+    <w:rsid w:val="00E54090"/>
+    <w:rsid w:val="00E5554F"/>
+    <w:rsid w:val="00E55F5A"/>
+    <w:rsid w:val="00E6059A"/>
+    <w:rsid w:val="00E60A8D"/>
+    <w:rsid w:val="00E65074"/>
+    <w:rsid w:val="00E651B3"/>
+    <w:rsid w:val="00E6663A"/>
+    <w:rsid w:val="00E67634"/>
+    <w:rsid w:val="00E678F9"/>
+    <w:rsid w:val="00E82182"/>
+    <w:rsid w:val="00E8433F"/>
+    <w:rsid w:val="00E92674"/>
+    <w:rsid w:val="00E955DF"/>
+    <w:rsid w:val="00E95DD4"/>
+    <w:rsid w:val="00E97799"/>
+    <w:rsid w:val="00EA0AE5"/>
+    <w:rsid w:val="00EA15E2"/>
+    <w:rsid w:val="00EA2A3E"/>
+    <w:rsid w:val="00EA79AD"/>
+    <w:rsid w:val="00EC0D76"/>
+    <w:rsid w:val="00EC60BB"/>
+    <w:rsid w:val="00EE179D"/>
+    <w:rsid w:val="00EE1E46"/>
+    <w:rsid w:val="00EE2DF2"/>
+    <w:rsid w:val="00EE642F"/>
+    <w:rsid w:val="00EF143D"/>
+    <w:rsid w:val="00EF15B6"/>
+    <w:rsid w:val="00EF32AE"/>
+    <w:rsid w:val="00EF776A"/>
+    <w:rsid w:val="00EF7B67"/>
+    <w:rsid w:val="00EF7C3A"/>
+    <w:rsid w:val="00F00EA5"/>
+    <w:rsid w:val="00F0108C"/>
+    <w:rsid w:val="00F05E2B"/>
+    <w:rsid w:val="00F07FD2"/>
+    <w:rsid w:val="00F12C55"/>
+    <w:rsid w:val="00F24308"/>
+    <w:rsid w:val="00F24657"/>
+    <w:rsid w:val="00F252A8"/>
+    <w:rsid w:val="00F25803"/>
+    <w:rsid w:val="00F313CA"/>
+    <w:rsid w:val="00F364BA"/>
+    <w:rsid w:val="00F42748"/>
+    <w:rsid w:val="00F42EDE"/>
+    <w:rsid w:val="00F4500A"/>
+    <w:rsid w:val="00F474F8"/>
+    <w:rsid w:val="00F503D1"/>
+    <w:rsid w:val="00F505C5"/>
+    <w:rsid w:val="00F5226E"/>
+    <w:rsid w:val="00F56FE1"/>
+    <w:rsid w:val="00F663F1"/>
+    <w:rsid w:val="00F67732"/>
+    <w:rsid w:val="00F71C63"/>
+    <w:rsid w:val="00F75F7D"/>
+    <w:rsid w:val="00F776FB"/>
+    <w:rsid w:val="00F858FC"/>
+    <w:rsid w:val="00F94BDD"/>
+    <w:rsid w:val="00FA2A89"/>
+    <w:rsid w:val="00FB28D5"/>
+    <w:rsid w:val="00FB36CE"/>
+    <w:rsid w:val="00FB7918"/>
+    <w:rsid w:val="00FC2EA2"/>
+    <w:rsid w:val="00FC3E6C"/>
+    <w:rsid w:val="00FC6500"/>
+    <w:rsid w:val="00FD1705"/>
+    <w:rsid w:val="00FD3C5A"/>
+    <w:rsid w:val="00FD3FBE"/>
+    <w:rsid w:val="00FD46A3"/>
+    <w:rsid w:val="00FD4987"/>
+    <w:rsid w:val="00FE0BD8"/>
+    <w:rsid w:val="00FE2F62"/>
+    <w:rsid w:val="00FE4697"/>
+    <w:rsid w:val="00FE7DD7"/>
+    <w:rsid w:val="00FE7F1D"/>
+    <w:rsid w:val="00FF0490"/>
+    <w:rsid w:val="00FF2B09"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="tr-TR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="1026"/>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
-  <w:decimalSymbol w:val="."/>
-[...3 lines deleted...]
-  <w15:docId w15:val="{8F733FAE-93BD-4971-840B-38ACDDBF1930}"/>
+  <w:decimalSymbol w:val=","/>
+  <w:listSeparator w:val=";"/>
+  <w14:docId w14:val="743819FA"/>
+  <w15:docId w15:val="{60330FA7-E40D-4004-9A17-DF5B2E76EEDF}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:lang w:val="tr-TR" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:rPrDefault>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+      </w:pPr>
+    </w:pPrDefault>
+  </w:docDefaults>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="59" w:qFormat="1"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 3" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 4" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 4" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 5" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+  </w:latentStyles>
+  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
+    <w:name w:val="Normal"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="00575A44"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Balk1">
+    <w:name w:val="heading 1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:spacing w:before="89"/>
+      <w:ind w:left="202" w:right="161"/>
+      <w:jc w:val="center"/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Balk2">
+    <w:name w:val="heading 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:ind w:left="162"/>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Balk3">
+    <w:name w:val="heading 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="Balk3Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:spacing w:before="90"/>
+      <w:ind w:left="162"/>
+      <w:jc w:val="center"/>
+      <w:outlineLvl w:val="2"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Balk4">
+    <w:name w:val="heading 4"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="Balk4Char"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:spacing w:before="95"/>
+      <w:ind w:left="2790" w:right="2033"/>
+      <w:outlineLvl w:val="3"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+      <w:b/>
+      <w:bCs/>
+      <w:i/>
+      <w:iCs/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:default="1" w:styleId="VarsaylanParagrafYazTipi">
+    <w:name w:val="Default Paragraph Font"/>
+    <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="table" w:default="1" w:styleId="NormalTablo">
+    <w:name w:val="Normal Table"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="numbering" w:default="1" w:styleId="ListeYok">
+    <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="TableNormal">
+    <w:name w:val="Table Normal"/>
+    <w:uiPriority w:val="2"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="0" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="T1">
+    <w:name w:val="toc 1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:spacing w:before="108"/>
+      <w:ind w:left="136"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="T2">
+    <w:name w:val="toc 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:spacing w:before="169"/>
+      <w:ind w:left="136"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="21"/>
+      <w:szCs w:val="21"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="GvdeMetni">
+    <w:name w:val="Body Text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="GvdeMetniChar"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="KonuBal">
+    <w:name w:val="Title"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:spacing w:before="78"/>
+      <w:ind w:left="501" w:right="545"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:i/>
+      <w:iCs/>
+      <w:sz w:val="52"/>
+      <w:szCs w:val="52"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListeParagraf">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:spacing w:before="90"/>
+      <w:ind w:left="402" w:hanging="241"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="TableParagraph">
+    <w:name w:val="Table Paragraph"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:jc w:val="center"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="NormalWeb">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00E11672"/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:autoSpaceDE/>
+      <w:autoSpaceDN/>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="tr-TR" w:eastAsia="tr-TR"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="stBilgi">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="stBilgiChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="008E4DA7"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4536"/>
+        <w:tab w:val="right" w:pos="9072"/>
+      </w:tabs>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="stBilgiChar">
+    <w:name w:val="Üst Bilgi Char"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:link w:val="stBilgi"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="008E4DA7"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="AltBilgi">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="AltBilgiChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="008E4DA7"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4536"/>
+        <w:tab w:val="right" w:pos="9072"/>
+      </w:tabs>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="AltBilgiChar">
+    <w:name w:val="Alt Bilgi Char"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:link w:val="AltBilgi"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="008E4DA7"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Gl">
+    <w:name w:val="Strong"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:uiPriority w:val="22"/>
+    <w:qFormat/>
+    <w:rsid w:val="00204B52"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Kpr">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="006A5277"/>
+    <w:rPr>
+      <w:color w:val="6B9F25" w:themeColor="hyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="UnresolvedMention">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="006A5277"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="numbering" w:customStyle="1" w:styleId="ListeYok1">
+    <w:name w:val="Liste Yok1"/>
+    <w:next w:val="ListeYok"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00E54090"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Balk3Char">
+    <w:name w:val="Başlık 3 Char"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:link w:val="Balk3"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00E54090"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="DipnotMetni1">
+    <w:name w:val="Dipnot Metni1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="DipnotMetni"/>
+    <w:link w:val="DipnotMetniChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00E54090"/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:autoSpaceDE/>
+      <w:autoSpaceDN/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="DipnotMetniChar">
+    <w:name w:val="Dipnot Metni Char"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:link w:val="DipnotMetni1"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00E54090"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="DipnotBavurusu">
+    <w:name w:val="footnote reference"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00E54090"/>
+    <w:rPr>
+      <w:vertAlign w:val="superscript"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="TabloKlavuzu">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="NormalTablo"/>
+    <w:uiPriority w:val="59"/>
+    <w:qFormat/>
+    <w:rsid w:val="00E54090"/>
+    <w:pPr>
+      <w:autoSpaceDE/>
+      <w:autoSpaceDN/>
+      <w:spacing w:after="160" w:line="256" w:lineRule="auto"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="tr-TR"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="nil"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="AralkYok1">
+    <w:name w:val="Aralık Yok1"/>
+    <w:next w:val="AralkYok"/>
+    <w:link w:val="AralkYokChar"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="00E54090"/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:autoSpaceDE/>
+      <w:autoSpaceDN/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:b/>
+      <w:lang w:val="tr-TR"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="AralkYokChar">
+    <w:name w:val="Aralık Yok Char"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:link w:val="AralkYok1"/>
+    <w:uiPriority w:val="1"/>
+    <w:rsid w:val="00E54090"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:b/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="YerTutucuMetni">
+    <w:name w:val="Placeholder Text"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00E54090"/>
+    <w:rPr>
+      <w:color w:val="808080"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="AklamaBavurusu">
+    <w:name w:val="annotation reference"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00E54090"/>
+    <w:rPr>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="AklamaMetni1">
+    <w:name w:val="Açıklama Metni1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="AklamaMetni"/>
+    <w:link w:val="AklamaMetniChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00E54090"/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:autoSpaceDE/>
+      <w:autoSpaceDN/>
+      <w:spacing w:after="160"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="AklamaMetniChar">
+    <w:name w:val="Açıklama Metni Char"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:link w:val="AklamaMetni1"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00E54090"/>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="AklamaKonusu1">
+    <w:name w:val="Açıklama Konusu1"/>
+    <w:basedOn w:val="AklamaMetni"/>
+    <w:next w:val="AklamaMetni"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00E54090"/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:autoSpaceDE/>
+      <w:autoSpaceDN/>
+      <w:spacing w:after="160"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+      <w:b/>
+      <w:bCs/>
+      <w:lang w:val="tr-TR"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="AklamaKonusuChar">
+    <w:name w:val="Açıklama Konusu Char"/>
+    <w:basedOn w:val="AklamaMetniChar"/>
+    <w:link w:val="AklamaKonusu"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00E54090"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="BalonMetni1">
+    <w:name w:val="Balon Metni1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="BalonMetni"/>
+    <w:link w:val="BalonMetniChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00E54090"/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:autoSpaceDE/>
+      <w:autoSpaceDN/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BalonMetniChar">
+    <w:name w:val="Balon Metni Char"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:link w:val="BalonMetni1"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00E54090"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="zmlenmeyenBahsetme1">
+    <w:name w:val="Çözümlenmeyen Bahsetme1"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00E54090"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="apple-converted-space">
+    <w:name w:val="apple-converted-space"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:rsid w:val="00E54090"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="ResimYazs1">
+    <w:name w:val="Resim Yazısı1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:uiPriority w:val="35"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00E54090"/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:autoSpaceDE/>
+      <w:autoSpaceDN/>
+      <w:spacing w:after="200"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="44546A"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+      <w:lang w:val="tr-TR"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Default">
+    <w:name w:val="Default"/>
+    <w:rsid w:val="00E54090"/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:adjustRightInd w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="tr-TR"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="zmlenmeyenBahsetme2">
+    <w:name w:val="Çözümlenmeyen Bahsetme2"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00E54090"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="DipnotMetni">
+    <w:name w:val="footnote text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="DipnotMetniChar1"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00E54090"/>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="DipnotMetniChar1">
+    <w:name w:val="Dipnot Metni Char1"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:link w:val="DipnotMetni"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00E54090"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="AralkYok">
+    <w:name w:val="No Spacing"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="00E54090"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="AklamaMetni">
+    <w:name w:val="annotation text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="AklamaMetniChar1"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00E54090"/>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="AklamaMetniChar1">
+    <w:name w:val="Açıklama Metni Char1"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:link w:val="AklamaMetni"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00E54090"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="AklamaKonusu">
+    <w:name w:val="annotation subject"/>
+    <w:basedOn w:val="AklamaMetni"/>
+    <w:next w:val="AklamaMetni"/>
+    <w:link w:val="AklamaKonusuChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00E54090"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="AklamaKonusuChar1">
+    <w:name w:val="Açıklama Konusu Char1"/>
+    <w:basedOn w:val="AklamaMetniChar1"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00E54090"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="BalonMetni">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="BalonMetniChar1"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00E54090"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BalonMetniChar1">
+    <w:name w:val="Balon Metni Char1"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:link w:val="BalonMetni"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00E54090"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Balk4Char">
+    <w:name w:val="Başlık 4 Char"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:link w:val="Balk4"/>
+    <w:uiPriority w:val="1"/>
+    <w:rsid w:val="00CC5B16"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+      <w:b/>
+      <w:bCs/>
+      <w:i/>
+      <w:iCs/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="GvdeMetniChar">
+    <w:name w:val="Gövde Metni Char"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:link w:val="GvdeMetni"/>
+    <w:uiPriority w:val="1"/>
+    <w:rsid w:val="00CC5B16"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="DzTablo2">
+    <w:name w:val="Plain Table 2"/>
+    <w:basedOn w:val="NormalTablo"/>
+    <w:uiPriority w:val="42"/>
+    <w:rsid w:val="00C06F23"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="TabloKlavuzu1">
+    <w:name w:val="Tablo Kılavuzu1"/>
+    <w:basedOn w:val="NormalTablo"/>
+    <w:next w:val="TabloKlavuzu"/>
+    <w:rsid w:val="00900A4C"/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:autoSpaceDE/>
+      <w:autoSpaceDN/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="tr-TR" w:eastAsia="tr-TR"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Dzeltme">
+    <w:name w:val="Revision"/>
+    <w:hidden/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="003B3EF0"/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:autoSpaceDE/>
+      <w:autoSpaceDN/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="DzTablo3">
+    <w:name w:val="Plain Table 3"/>
+    <w:basedOn w:val="NormalTablo"/>
+    <w:uiPriority w:val="43"/>
+    <w:rsid w:val="0052483C"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:caps/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:caps/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:caps/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:caps/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:right w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="DzTablo4">
+    <w:name w:val="Plain Table 4"/>
+    <w:basedOn w:val="NormalTablo"/>
+    <w:uiPriority w:val="44"/>
+    <w:rsid w:val="00B04F29"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="SonnotMetni">
+    <w:name w:val="endnote text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="SonnotMetniChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00914C13"/>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="SonnotMetniChar">
+    <w:name w:val="Sonnot Metni Char"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:link w:val="SonnotMetni"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00914C13"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="SonnotBavurusu">
+    <w:name w:val="endnote reference"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00914C13"/>
+    <w:rPr>
+      <w:vertAlign w:val="superscript"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="TabloKlavuzu2">
+    <w:name w:val="Tablo Kılavuzu2"/>
+    <w:basedOn w:val="NormalTablo"/>
+    <w:next w:val="TabloKlavuzu"/>
+    <w:rsid w:val="0059456D"/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:autoSpaceDE/>
+      <w:autoSpaceDN/>
+    </w:pPr>
+    <w:rPr>
+      <w:lang w:val="tr-TR"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+    </w:tblPr>
+  </w:style>
+</w:styles>
+</file>
+
+<file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+  <w:divs>
+    <w:div w:id="43677044">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="2036734908">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="109053425">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="153029051">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="250940960">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1527986167">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="353505744">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="486825545">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="519507986">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="668992917">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="772746467">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="859851782">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1116021766">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1217162067">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1245603606">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1659841990">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1670326226">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="2033219497">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+  </w:divs>
+  <w:relyOnVML/>
+  <w:allowPNG/>
+</w:webSettings>
+</file>
+
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+</file>
+
+<file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/" TargetMode="External"/></Relationships>
+</file>
+
+<file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+</file>
+
+<file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
+<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+  <w:docParts>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="E11FDAF2182446D59861D20920755CFA"/>
+        <w:category>
+          <w:name w:val="Genel"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{D5E9DF79-F24B-412F-B1E5-BB1CE259750B}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00D05ECD" w:rsidRDefault="00DC7F8C" w:rsidP="00DC7F8C">
+          <w:pPr>
+            <w:pStyle w:val="E11FDAF2182446D59861D20920755CFA"/>
+          </w:pPr>
+          <w:r>
+            <w:rPr>
+              <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+              <w:lang w:val="tr-TR"/>
+            </w:rPr>
+            <w:t>[Belge başlığı]</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+  </w:docParts>
+</w:glossaryDocument>
+</file>
+
+<file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="A2"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="A2"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Palatino Linotype">
+    <w:panose1 w:val="02040502050505030304"/>
+    <w:charset w:val="A2"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0000287" w:usb1="40000013" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="SimSun">
+    <w:altName w:val="宋体"/>
+    <w:panose1 w:val="02010600030101010101"/>
+    <w:charset w:val="86"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Segoe UI">
+    <w:panose1 w:val="020B0502040204020203"/>
+    <w:charset w:val="A2"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Cambria">
+    <w:panose1 w:val="02040503050406030204"/>
+    <w:charset w:val="A2"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Cambria Math">
+    <w:panose1 w:val="02040503050406030204"/>
+    <w:charset w:val="A2"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri Light">
+    <w:panose1 w:val="020F0302020204030204"/>
+    <w:charset w:val="A2"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+</w:fonts>
+</file>
+
+<file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
+  <w:view w:val="normal"/>
+  <w:revisionView w:inkAnnotations="0"/>
+  <w:defaultTabStop w:val="720"/>
+  <w:hyphenationZone w:val="425"/>
+  <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:compat>
+    <w:useFELayout/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+  </w:compat>
+  <w:rsids>
+    <w:rsidRoot w:val="00DC7F8C"/>
+    <w:rsid w:val="00090B3B"/>
+    <w:rsid w:val="000E5642"/>
+    <w:rsid w:val="00135887"/>
+    <w:rsid w:val="00175CFE"/>
+    <w:rsid w:val="001A09A2"/>
+    <w:rsid w:val="001E2007"/>
+    <w:rsid w:val="00221C95"/>
+    <w:rsid w:val="0022398C"/>
+    <w:rsid w:val="0030063B"/>
+    <w:rsid w:val="00307D3E"/>
+    <w:rsid w:val="00390CB5"/>
+    <w:rsid w:val="0039497C"/>
+    <w:rsid w:val="003E1E75"/>
+    <w:rsid w:val="004150F0"/>
+    <w:rsid w:val="0044036E"/>
+    <w:rsid w:val="004831CC"/>
+    <w:rsid w:val="004A40D9"/>
+    <w:rsid w:val="004D7817"/>
+    <w:rsid w:val="004F2F93"/>
+    <w:rsid w:val="005517C1"/>
+    <w:rsid w:val="0062440E"/>
+    <w:rsid w:val="00632470"/>
+    <w:rsid w:val="0066065D"/>
+    <w:rsid w:val="0067574E"/>
+    <w:rsid w:val="006C4267"/>
+    <w:rsid w:val="006F18FD"/>
+    <w:rsid w:val="00776459"/>
+    <w:rsid w:val="00781C84"/>
+    <w:rsid w:val="00803C5B"/>
+    <w:rsid w:val="0082433B"/>
+    <w:rsid w:val="00841CEC"/>
+    <w:rsid w:val="00850D10"/>
+    <w:rsid w:val="008772CC"/>
+    <w:rsid w:val="008A2C05"/>
+    <w:rsid w:val="008D2CF4"/>
+    <w:rsid w:val="00915EC1"/>
+    <w:rsid w:val="00923BDE"/>
+    <w:rsid w:val="009C172B"/>
+    <w:rsid w:val="009C24EE"/>
+    <w:rsid w:val="009E3C87"/>
+    <w:rsid w:val="009E5971"/>
+    <w:rsid w:val="009F3C1B"/>
+    <w:rsid w:val="00A01C1F"/>
+    <w:rsid w:val="00A53EEB"/>
+    <w:rsid w:val="00AF6A28"/>
+    <w:rsid w:val="00B01733"/>
+    <w:rsid w:val="00B6494F"/>
+    <w:rsid w:val="00B76BE9"/>
+    <w:rsid w:val="00BC7173"/>
+    <w:rsid w:val="00C01B20"/>
+    <w:rsid w:val="00C17D79"/>
+    <w:rsid w:val="00C21D4D"/>
+    <w:rsid w:val="00C223CC"/>
+    <w:rsid w:val="00C56399"/>
+    <w:rsid w:val="00CF0541"/>
+    <w:rsid w:val="00CF636F"/>
+    <w:rsid w:val="00D05ECD"/>
+    <w:rsid w:val="00DC7F8C"/>
+    <w:rsid w:val="00DE05DC"/>
+    <w:rsid w:val="00DE58A0"/>
+    <w:rsid w:val="00DF4BE7"/>
+    <w:rsid w:val="00E12733"/>
+    <w:rsid w:val="00E36D84"/>
+    <w:rsid w:val="00E37145"/>
+    <w:rsid w:val="00E95DD4"/>
+    <w:rsid w:val="00EA36C3"/>
+    <w:rsid w:val="00F00E15"/>
+    <w:rsid w:val="00F27CB6"/>
+    <w:rsid w:val="00F82F93"/>
+  </w:rsids>
+  <m:mathPr>
+    <m:mathFont m:val="Cambria Math"/>
+    <m:brkBin m:val="before"/>
+    <m:brkBinSub m:val="--"/>
+    <m:smallFrac m:val="0"/>
+    <m:dispDef/>
+    <m:lMargin m:val="0"/>
+    <m:rMargin m:val="0"/>
+    <m:defJc m:val="centerGroup"/>
+    <m:wrapIndent m:val="1440"/>
+    <m:intLim m:val="subSup"/>
+    <m:naryLim m:val="undOvr"/>
+  </m:mathPr>
+  <w:themeFontLang w:val="en-US"/>
+  <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
+  <w:decimalSymbol w:val=","/>
+  <w:listSeparator w:val=";"/>
+  <w15:chartTrackingRefBased/>
+</w:settings>
+</file>
+
+<file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+  <w:docDefaults>
+    <w:rPrDefault>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:kern w:val="2"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -8632,720 +26001,444 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
-    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
-[...3 lines deleted...]
-    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="VarsaylanParagrafYazTipi">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="NormalTablo">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="ListeYok">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="AralkYok">
-[...23 lines deleted...]
-    </w:rPr>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="E11FDAF2182446D59861D20920755CFA">
+    <w:name w:val="E11FDAF2182446D59861D20920755CFA"/>
+    <w:rsid w:val="00DC7F8C"/>
   </w:style>
   <w:style w:type="character" w:styleId="YerTutucuMetni">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="008A41AB"/>
+    <w:rsid w:val="00850D10"/>
     <w:rPr>
       <w:color w:val="808080"/>
-    </w:rPr>
-[...173 lines deleted...]
-      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-[...106 lines deleted...]
-  </w:divs>
+<file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:optimizeForBrowser/>
-  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...2 lines deleted...]
-
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Teması">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
-    <a:clrScheme name="Office">
+    <a:clrScheme name="Yeşil">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="44546A"/>
+        <a:srgbClr val="455F51"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E7E6E6"/>
+        <a:srgbClr val="E3DED1"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="549E39"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="ED7D31"/>
+        <a:srgbClr val="8AB833"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="A5A5A5"/>
+        <a:srgbClr val="C0CF3A"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="FFC000"/>
+        <a:srgbClr val="029676"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="4AB5C4"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="70AD47"/>
+        <a:srgbClr val="0989B1"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0563C1"/>
+        <a:srgbClr val="6B9F25"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="954F72"/>
+        <a:srgbClr val="BA6906"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
+        <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游ゴシック Light"/>
+        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="等线 Light"/>
+        <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
-        <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游明朝"/>
+        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="等线"/>
+        <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
-        <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:lumMod val="110000"/>
-[...1 lines deleted...]
-                <a:tint val="67000"/>
+                <a:tint val="50000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="35000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="73000"/>
+                <a:tint val="37000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="81000"/>
+                <a:tint val="15000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="1"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:satMod val="103000"/>
-[...1 lines deleted...]
-                <a:tint val="94000"/>
+                <a:shade val="51000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="80000">
               <a:schemeClr val="phClr">
-                <a:satMod val="110000"/>
-[...1 lines deleted...]
-                <a:shade val="100000"/>
+                <a:shade val="93000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="99000"/>
-[...1 lines deleted...]
-                <a:shade val="78000"/>
+                <a:shade val="94000"/>
+                <a:satMod val="135000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr">
+              <a:shade val="95000"/>
+              <a:satMod val="105000"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
-[...6 lines deleted...]
-          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
-          <a:effectLst/>
-[...2 lines deleted...]
-          <a:effectLst/>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="38000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="63000"/>
+                <a:alpha val="35000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="35000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+          <a:scene3d>
+            <a:camera prst="orthographicFront">
+              <a:rot lat="0" lon="0" rev="0"/>
+            </a:camera>
+            <a:lightRig rig="threePt" dir="t">
+              <a:rot lat="0" lon="0" rev="1200000"/>
+            </a:lightRig>
+          </a:scene3d>
+          <a:sp3d>
+            <a:bevelT w="63500" h="25400"/>
+          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
-        <a:solidFill>
-[...4 lines deleted...]
-        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="93000"/>
-[...2 lines deleted...]
-                <a:lumMod val="102000"/>
+                <a:tint val="40000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="40000">
               <a:schemeClr val="phClr">
-                <a:tint val="98000"/>
-[...2 lines deleted...]
-                <a:lumMod val="103000"/>
+                <a:tint val="45000"/>
+                <a:shade val="99000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="63000"/>
-                <a:satMod val="120000"/>
+                <a:shade val="20000"/>
+                <a:satMod val="255000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="-80000" r="50000" b="180000"/>
+          </a:path>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="80000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="30000"/>
+                <a:satMod val="200000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
+          </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
-  <a:extLst>
-[...3 lines deleted...]
-  </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B1862C28-0646-49F6-9260-67F0CFA0A2B3}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4E22999C-418E-415C-9FB3-27499F283C62}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>4</Pages>
-[...1 lines deleted...]
-  <Characters>3760</Characters>
+  <Pages>5</Pages>
+  <Words>1747</Words>
+  <Characters>9961</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>31</Lines>
-  <Paragraphs>8</Paragraphs>
+  <Lines>83</Lines>
+  <Paragraphs>23</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Konu Başlığı</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr/>
+      <vt:lpstr>Journal of Academic Analysis (JAC) 2025 3(2), International Peer-Reviewed Journal/ Uluslararası Hakemli Dergi</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
-  <Company>MoTuN</Company>
+  <Company>User</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4411</CharactersWithSpaces>
+  <CharactersWithSpaces>11685</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title/>
-[...3 lines deleted...]
-  <dc:description/>
+  <dc:title>Journal of Academic Analysis (JAC) 2026 4(1), International Peer-Reviewed Journal/ Uluslararası Hakemli Dergi</dc:title>
+  <dc:creator>user</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Created">
+    <vt:filetime>2023-04-28T00:00:00Z</vt:filetime>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Creator">
+    <vt:lpwstr>PDF24</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="Producer">
+    <vt:lpwstr>PDF24</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="LastSaved">
+    <vt:filetime>2023-04-28T00:00:00Z</vt:filetime>
+  </property>
+</Properties>
+</file>