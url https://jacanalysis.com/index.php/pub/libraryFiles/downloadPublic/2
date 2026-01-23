--- v0 (2025-12-07)
+++ v1 (2026-01-23)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
     <w:p w14:paraId="0F28FEB9" w14:textId="3492574C" w:rsidR="00605F01" w:rsidRPr="0055213A" w:rsidRDefault="006812DD" w:rsidP="00F47AF6">
       <w:pPr>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="666666"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0055213A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="666666"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>JOURNAL OF ACADEMIC ANALYSIS</w:t>
       </w:r>
@@ -358,126 +358,174 @@
         </w:rPr>
         <w:t>U</w:t>
       </w:r>
       <w:r w:rsidR="005509A5" w:rsidRPr="0055213A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>nvan, Ü</w:t>
       </w:r>
       <w:r w:rsidRPr="0055213A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>niversite, Fakülte ve/veya Bölümün adı, Şehir-Ülke</w:t>
       </w:r>
       <w:r w:rsidR="00EA019B" w:rsidRPr="0055213A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>, Email</w:t>
-      </w:r>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00EA019B" w:rsidRPr="0055213A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Email</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00A80EAD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>, Orcid No</w:t>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A80EAD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Orcid</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A80EAD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> No</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="280F86E2" w14:textId="1B417BAC" w:rsidR="007D508D" w:rsidRPr="0055213A" w:rsidRDefault="007D508D" w:rsidP="001E4D71">
       <w:pPr>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0055213A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidR="00734D05" w:rsidRPr="0055213A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>U</w:t>
       </w:r>
       <w:r w:rsidR="005509A5" w:rsidRPr="0055213A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>nvan, Ü</w:t>
       </w:r>
       <w:r w:rsidRPr="0055213A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>niversite, Fakülte ve/veya Bölümün adı, Şehir-Ülke</w:t>
       </w:r>
       <w:r w:rsidR="00EA019B" w:rsidRPr="0055213A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>, Email</w:t>
-      </w:r>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00EA019B" w:rsidRPr="0055213A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Email</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00A80EAD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00A80EAD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Orcid No</w:t>
+        <w:t>Orcid</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A80EAD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> No</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="76B64EB6" w14:textId="2D946EBC" w:rsidR="007D508D" w:rsidRPr="0055213A" w:rsidRDefault="007D508D" w:rsidP="001E4D71">
       <w:pPr>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0055213A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidR="00734D05" w:rsidRPr="0055213A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -492,67 +540,87 @@
         </w:rPr>
         <w:t>n</w:t>
       </w:r>
       <w:r w:rsidR="005509A5" w:rsidRPr="0055213A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>van, Ün</w:t>
       </w:r>
       <w:r w:rsidRPr="0055213A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>iversite, Fakülte ve/veya Bölümün adı, Şehir-Ülke</w:t>
       </w:r>
       <w:r w:rsidR="00EA019B" w:rsidRPr="0055213A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>, Email</w:t>
-      </w:r>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00EA019B" w:rsidRPr="0055213A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Email</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00A80EAD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00A80EAD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Orcid No</w:t>
+        <w:t>Orcid</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A80EAD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> No</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4AF68850" w14:textId="77777777" w:rsidR="00D91D11" w:rsidRPr="0055213A" w:rsidRDefault="00D91D11" w:rsidP="001E4D71">
       <w:pPr>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6ED849FD" w14:textId="77777777" w:rsidR="00D91D11" w:rsidRPr="0055213A" w:rsidRDefault="007D508D" w:rsidP="001E4D71">
       <w:pPr>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0055213A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -681,616 +749,3805 @@
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0055213A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>E-mail:</w:t>
       </w:r>
       <w:r w:rsidR="00D91D11" w:rsidRPr="0055213A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Sorumlu yazarın e-mail adresi</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="01BF8D50" w14:textId="77777777" w:rsidR="00EA019B" w:rsidRPr="0055213A" w:rsidRDefault="00EA019B" w:rsidP="001E4D71">
+    <w:p w14:paraId="2EFB097A" w14:textId="77777777" w:rsidR="00B5708D" w:rsidRDefault="00B5708D" w:rsidP="001E4D71">
       <w:pPr>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="44B0F000" w14:textId="77777777" w:rsidR="00DB1E30" w:rsidRPr="0055213A" w:rsidRDefault="00DB1E30" w:rsidP="001E4D71">
+    <w:p w14:paraId="030DEE81" w14:textId="77777777" w:rsidR="00B5708D" w:rsidRDefault="00B5708D" w:rsidP="001E4D71">
       <w:pPr>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...43 lines deleted...]
-      </w:r>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="52F3FC20" w14:textId="77777777" w:rsidR="007D508D" w:rsidRPr="0055213A" w:rsidRDefault="007D508D" w:rsidP="001E4D71">
-[...151 lines deleted...]
-    <w:p w14:paraId="4D7513CF" w14:textId="77777777" w:rsidR="0055213A" w:rsidRPr="0055213A" w:rsidRDefault="0055213A" w:rsidP="0055213A">
+    <w:p w14:paraId="18970CFF" w14:textId="77777777" w:rsidR="00B5708D" w:rsidRPr="0055213A" w:rsidRDefault="00B5708D" w:rsidP="00B5708D">
       <w:pPr>
         <w:spacing w:after="100"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0055213A">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">Journal of Academic Analysis, aşağıda belirtilen yazarlık kriterlerini benimser. Kolektif bir eserde </w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0055213A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Journal</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0055213A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0055213A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Academic</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0055213A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Analysis, aşağıda belirtilen yazarlık </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0055213A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>kriterlerini</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0055213A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> benimser. Kolektif bir eserde </w:t>
       </w:r>
       <w:r w:rsidRPr="0055213A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>tüm</w:t>
       </w:r>
       <w:r w:rsidRPr="0055213A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="0055213A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>yazarlar aşağıdaki 4 ölçütün tümünü sağlamalıdır.</w:t>
       </w:r>
       <w:r w:rsidRPr="0055213A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1F85BB7A" w14:textId="1E2A33D2" w:rsidR="0055213A" w:rsidRPr="0055213A" w:rsidRDefault="0055213A" w:rsidP="0055213A">
+    <w:p w14:paraId="75DA625C" w14:textId="77777777" w:rsidR="00B5708D" w:rsidRPr="0055213A" w:rsidRDefault="00B5708D" w:rsidP="00B5708D">
       <w:pPr>
         <w:pStyle w:val="ListeParagraf"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0055213A">
-[...33 lines deleted...]
-      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0055213A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Çalışmanın</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0055213A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0055213A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>konseptine</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0055213A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0055213A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>tasarımına</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0055213A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0055213A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ya</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0055213A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> da </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0055213A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>çalışma</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0055213A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0055213A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>için</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0055213A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0055213A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>verilerin</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0055213A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0055213A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>toplanmasına</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="0055213A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidRPr="0055213A">
-[...15 lines deleted...]
-      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0055213A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>analiz</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0055213A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0055213A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>edilmesine</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0055213A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0055213A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ya</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0055213A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> da </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="0055213A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>yorumlanmasına</w:t>
       </w:r>
-      <w:r w:rsidRPr="0055213A">
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> önemli katkı sağlamış olmak;</w:t>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0055213A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0055213A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>önemli</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0055213A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0055213A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>katkı</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0055213A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0055213A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>sağlamış</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0055213A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0055213A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>olmak</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0055213A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6875F18A" w14:textId="77777777" w:rsidR="0055213A" w:rsidRPr="0055213A" w:rsidRDefault="0055213A" w:rsidP="0055213A">
+    <w:p w14:paraId="55FC4773" w14:textId="77777777" w:rsidR="00B5708D" w:rsidRPr="0055213A" w:rsidRDefault="00B5708D" w:rsidP="00B5708D">
       <w:pPr>
         <w:pStyle w:val="ListeParagraf"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0055213A">
-[...31 lines deleted...]
-        <w:t xml:space="preserve"> yapmış olmak; </w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0055213A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Yazı</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0055213A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0055213A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>taslağını</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0055213A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0055213A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>hazırlamış</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0055213A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0055213A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ya</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0055213A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> da </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0055213A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>önemli</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0055213A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0055213A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>fikirsel</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0055213A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0055213A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>içeriğin</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0055213A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0055213A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>eleştirel</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0055213A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0055213A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>incelemesini</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0055213A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0055213A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>yapmış</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0055213A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0055213A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>olmak</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0055213A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0FC01A25" w14:textId="77777777" w:rsidR="0055213A" w:rsidRPr="0055213A" w:rsidRDefault="0055213A" w:rsidP="0055213A">
+    <w:p w14:paraId="4A4DF37F" w14:textId="77777777" w:rsidR="00B5708D" w:rsidRPr="0055213A" w:rsidRDefault="00B5708D" w:rsidP="00B5708D">
       <w:pPr>
         <w:pStyle w:val="ListeParagraf"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0055213A">
-[...22 lines deleted...]
-        <w:t xml:space="preserve">olmak; </w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0055213A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Yazının</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0055213A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0055213A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>yayından</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0055213A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0055213A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>önceki</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0055213A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> son </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0055213A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>halini</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0055213A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0055213A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>gözden</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0055213A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0055213A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>geçirmiş</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0055213A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0055213A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ve</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0055213A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0055213A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>onaylamış</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0055213A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0055213A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>olmak</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0055213A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="57B7BD34" w14:textId="77777777" w:rsidR="0055213A" w:rsidRPr="0055213A" w:rsidRDefault="0055213A" w:rsidP="0055213A">
+    <w:p w14:paraId="2B833E7B" w14:textId="77777777" w:rsidR="00B5708D" w:rsidRPr="0055213A" w:rsidRDefault="00B5708D" w:rsidP="00B5708D">
       <w:pPr>
         <w:pStyle w:val="ListeParagraf"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0055213A">
-[...23 lines deleted...]
-      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0055213A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Çalışmanın</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0055213A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0055213A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>herhangi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0055213A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0055213A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>bir</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0055213A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0055213A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>bölümünün</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0055213A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0055213A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>doğruluğuna</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0055213A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0055213A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ya</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0055213A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> da </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0055213A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>bütünlüğüne</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0055213A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0055213A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ilişkin</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0055213A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0055213A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>soruların</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0055213A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0055213A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>uygun</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0055213A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0055213A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>şekilde</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0055213A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0055213A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>soruşturulduğunun</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0055213A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0055213A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ve</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0055213A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0055213A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>çözümlendiğinin</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0055213A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0055213A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>garantisini</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0055213A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0055213A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>vermek</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0055213A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0055213A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>amacıyla</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0055213A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0055213A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>çalışmanın</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0055213A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> her </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0055213A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>yönünden</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0055213A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0055213A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>sorumlu</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0055213A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0055213A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>olmayı</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0055213A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0055213A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>kabul</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0055213A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0055213A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>etmek</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0055213A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C931466" w14:textId="77777777" w:rsidR="00B5708D" w:rsidRDefault="00B5708D" w:rsidP="001E4D71">
+      <w:pPr>
+        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7B1268AC" w14:textId="77777777" w:rsidR="00B5708D" w:rsidRDefault="00B5708D" w:rsidP="001E4D71">
+      <w:pPr>
+        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="097277F0" w14:textId="77777777" w:rsidR="00B5708D" w:rsidRDefault="00B5708D" w:rsidP="001E4D71">
+      <w:pPr>
+        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6A6BA0B2" w14:textId="77777777" w:rsidR="00B5708D" w:rsidRDefault="00B5708D" w:rsidP="001E4D71">
+      <w:pPr>
+        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3D11313B" w14:textId="77777777" w:rsidR="00B5708D" w:rsidRDefault="00B5708D" w:rsidP="001E4D71">
+      <w:pPr>
+        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="01BF8D50" w14:textId="3E00BAF5" w:rsidR="00EA019B" w:rsidRPr="0055213A" w:rsidRDefault="00B5708D" w:rsidP="001E4D71">
+      <w:pPr>
+        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Aşağıdaki </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>deklarasyonlara</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> uygun cevapların yazılması gerekmektedir. Yazılı kısımlar örnektir.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="401C01FA" w14:textId="77777777" w:rsidR="00B5708D" w:rsidRPr="00B5708D" w:rsidRDefault="00B5708D" w:rsidP="00B5708D">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="562"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B5708D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Etik Beyanı:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B5708D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Bu çalışmanın hazırlanma sürecinde bilimsel ve etik ilkelere uyulduğu ve yararlanılan tüm çalışmaların kaynakçada belirtildiği beyan olunur.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32B42459" w14:textId="7B4A3FEB" w:rsidR="00B5708D" w:rsidRPr="00B5708D" w:rsidRDefault="00B5708D" w:rsidP="00B5708D">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="562"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B5708D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Yazar Katkıları: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">SÖ: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B5708D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Kavramsallaştırma, Analiz, Yorumlama, Yazım ve Eleştirel İnceleme.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> BO: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B5708D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Literatür Araştırması, Veri Toplama/İşleme, Sonuç, Yazım ve Eleştirel İnceleme.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B5708D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="43E33BEE" w14:textId="77777777" w:rsidR="00B5708D" w:rsidRPr="00B5708D" w:rsidRDefault="00B5708D" w:rsidP="00B5708D">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="562"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B5708D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Çıkar</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B5708D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B5708D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Çatışması</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B5708D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B5708D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Yazar çıkar çatışması bildirmemiştir.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F7EEBE1" w14:textId="77777777" w:rsidR="00B5708D" w:rsidRPr="00B5708D" w:rsidRDefault="00B5708D" w:rsidP="00B5708D">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="562"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B5708D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Finansal Destek:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B5708D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Yazar bu çalışma için finansal destek almadığını beyan etmiştir.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C597A3C" w14:textId="77777777" w:rsidR="00B5708D" w:rsidRPr="00B5708D" w:rsidRDefault="00B5708D" w:rsidP="00B5708D">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="562"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B5708D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Data Erişimi:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B5708D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Bu çalışmada kullanılan veri seti herkese açık olup, gerekli açıklamalar metin içerisinde verilmiştir.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5FB2FFE6" w14:textId="64874B5A" w:rsidR="00B5708D" w:rsidRPr="00B5708D" w:rsidRDefault="00B5708D" w:rsidP="00B5708D">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="562"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B5708D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Yapay </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00B5708D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Zeka</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00B5708D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Araçlarının Kullanımı:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B5708D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Bu çalışmada yapay zeka araçları kullanılmamıştır.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="71100BEB" w14:textId="77777777" w:rsidR="00B5708D" w:rsidRPr="00B5708D" w:rsidRDefault="00B5708D" w:rsidP="00B5708D">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="562"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B5708D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="tr-TR"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3180F516" wp14:editId="3B471380">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>31749</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>92075</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="5781675" cy="28575"/>
+                <wp:effectExtent l="0" t="0" r="28575" b="28575"/>
+                <wp:wrapNone/>
+                <wp:docPr id="1" name="Düz Bağlayıcı 1"/>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvCnPr/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="5781675" cy="28575"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="line">
+                          <a:avLst/>
+                        </a:prstGeom>
+                      </wps:spPr>
+                      <wps:style>
+                        <a:lnRef idx="1">
+                          <a:schemeClr val="dk1"/>
+                        </a:lnRef>
+                        <a:fillRef idx="0">
+                          <a:schemeClr val="dk1"/>
+                        </a:fillRef>
+                        <a:effectRef idx="0">
+                          <a:schemeClr val="dk1"/>
+                        </a:effectRef>
+                        <a:fontRef idx="minor">
+                          <a:schemeClr val="tx1"/>
+                        </a:fontRef>
+                      </wps:style>
+                      <wps:bodyPr/>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:line w14:anchorId="76F3180F" id="Düz Bağlayıcı 1" o:spid="_x0000_s1026" style="position:absolute;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text" from="2.5pt,7.25pt" to="457.75pt,9.5pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC0EevCxQEAALoDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO0zAQfUfiHyy/0ySVultFTVdiK3hB&#10;UHH5AK8zbix8k22ahJ/hG/adN/phjJ02iwCtVogXx2Ofc2bOeLK5GbQiR/BBWtPQalFSAobbVppD&#10;Qz99fPViTUmIzLRMWQMNHSHQm+3zZ5ve1bC0nVUteIIiJtS9a2gXo6uLIvAONAsL68DgpbBes4ih&#10;PxStZz2qa1Usy/Kq6K1vnbccQsDT3XRJt1lfCODxnRABIlENxdpiXn1e79JabDesPnjmOsnPZbB/&#10;qEIzaTDpLLVjkZEvXv4hpSX3NlgRF9zqwgohOWQP6KYqf3PzoWMOshdsTnBzm8L/k+Vvj3tPZItv&#10;R4lhGp9o9+P7V/KSnb4pNp7u+emeVKlNvQs1om/N3p+j4PY+eR6E1+mLbsiQWzvOrYUhEo6Hq+t1&#10;dXW9ooTj3XK9wi2qFA9k50N8DVaTtGmokiY5ZzU7vglxgl4gyEvFTOnzLo4KEliZ9yDQDSasMjvP&#10;EdwqT44MJ6D9nK1g2oxMFCGVmknl46QzNtEgz9ZTiTM6Z7QmzkQtjfV/yxqHS6liwl9cT16T7Tvb&#10;jvkxcjtwQHJDz8OcJvDXONMffrntTwAAAP//AwBQSwMEFAAGAAgAAAAhAIgoDOzcAAAABwEAAA8A&#10;AABkcnMvZG93bnJldi54bWxMj0FPwzAMhe9I/IfISNxYuolOrDSdpkkIcUGsg3vWeGkhcaom7cq/&#10;x5zgZr9nPX+v3M7eiQmH2AVSsFxkIJCaYDqyCt6PT3cPIGLSZLQLhAq+McK2ur4qdWHChQ441ckK&#10;DqFYaAVtSn0hZWxa9DouQo/E3jkMXideByvNoC8c7p1cZdlaet0Rf2h1j/sWm6969ArcyzB92L3d&#10;xfH5sK4/386r1+Ok1O3NvHsEkXBOf8fwi8/oUDHTKYxkonAKcm6SWL7PQbC9WeY8nFjYZCCrUv7n&#10;r34AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtD&#10;b250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAA&#10;AAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAtBHrwsUBAAC6AwAADgAAAAAAAAAAAAAA&#10;AAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAiCgM7NwAAAAHAQAADwAAAAAAAAAA&#10;AAAAAAAfBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAACgFAAAAAA==&#10;" strokecolor="black [3200]" strokeweight=".5pt">
+                <v:stroke joinstyle="miter"/>
+              </v:line>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0FA62FC2" w14:textId="77777777" w:rsidR="00B5708D" w:rsidRPr="00B5708D" w:rsidRDefault="00B5708D" w:rsidP="00B5708D">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="562"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B5708D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Ethical</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B5708D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Statement:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B5708D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B5708D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>It</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B5708D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> is </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B5708D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>declared</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B5708D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B5708D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>that</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B5708D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B5708D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>scientific</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B5708D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B5708D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B5708D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B5708D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ethical</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B5708D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B5708D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>principles</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B5708D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B5708D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>have</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B5708D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B5708D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>been</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B5708D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B5708D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>followed</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B5708D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B5708D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>while</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B5708D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B5708D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>carrying</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B5708D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B5708D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>out</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B5708D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B5708D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B5708D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B5708D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>writing</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B5708D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B5708D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>this</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B5708D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B5708D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>study</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B5708D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B5708D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B5708D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B5708D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>that</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B5708D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B5708D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>all</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B5708D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B5708D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B5708D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B5708D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>sources</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B5708D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B5708D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>used</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B5708D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B5708D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>have</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B5708D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B5708D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>been</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B5708D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B5708D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>properly</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B5708D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B5708D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>cited</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B5708D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3945493E" w14:textId="69AC4380" w:rsidR="00B5708D" w:rsidRPr="00B5708D" w:rsidRDefault="00B5708D" w:rsidP="00B5708D">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="562"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B5708D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Author </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B5708D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Contributions</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B5708D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B5708D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B5708D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>SÖ:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B5708D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B5708D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Conceptualization</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B5708D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, Analysis, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B5708D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Interpretation</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B5708D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B5708D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Writing</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B5708D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B5708D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B5708D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Critical </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B5708D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Review</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B5708D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B5708D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>BO:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B5708D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B5708D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Literature</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B5708D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B5708D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Review</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B5708D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>, Data Collection/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B5708D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Processing</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B5708D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B5708D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Conclusion</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B5708D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B5708D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Writing</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B5708D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B5708D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B5708D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Critical </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B5708D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Review</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B5708D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3217A22C" w14:textId="77777777" w:rsidR="00B5708D" w:rsidRPr="00B5708D" w:rsidRDefault="00B5708D" w:rsidP="00B5708D">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="562"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B5708D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Conflict</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B5708D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B5708D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Interest</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B5708D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B5708D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B5708D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>The</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B5708D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B5708D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>author</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B5708D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B5708D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>declared</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B5708D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B5708D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>no</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B5708D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B5708D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>conflict</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B5708D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B5708D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>interest</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B5708D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FB532DF" w14:textId="77777777" w:rsidR="00B5708D" w:rsidRPr="00B5708D" w:rsidRDefault="00B5708D" w:rsidP="00B5708D">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="562"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B5708D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Grant </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B5708D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Support</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B5708D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B5708D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B5708D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>The</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B5708D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B5708D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>author</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B5708D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B5708D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>declared</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B5708D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B5708D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>that</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B5708D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B5708D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>this</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B5708D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B5708D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>study</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B5708D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> has </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B5708D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>received</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B5708D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B5708D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>no</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B5708D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B5708D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>financial</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B5708D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B5708D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>support</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B5708D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="03FD1EF4" w14:textId="77777777" w:rsidR="00B5708D" w:rsidRPr="00B5708D" w:rsidRDefault="00B5708D" w:rsidP="00B5708D">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="562"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B5708D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Data </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B5708D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Availability</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B5708D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B5708D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B5708D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>The</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B5708D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B5708D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>dataset</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B5708D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B5708D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>used</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B5708D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B5708D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>this</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B5708D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B5708D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>study</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B5708D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> is </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B5708D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>publicly</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B5708D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B5708D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>available</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B5708D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B5708D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B5708D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B5708D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B5708D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B5708D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>necessary</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B5708D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B5708D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>explanations</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B5708D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B5708D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>are</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B5708D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B5708D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>provided</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B5708D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B5708D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>within</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B5708D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B5708D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B5708D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B5708D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B5708D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="20993B34" w14:textId="62C53284" w:rsidR="00B5708D" w:rsidRPr="00B5708D" w:rsidRDefault="00B5708D" w:rsidP="00B5708D">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="562"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B5708D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>U</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B5708D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>se</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B5708D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B5708D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Artificial</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B5708D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B5708D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Intelligence</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B5708D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Tools: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B5708D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Artificial</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B5708D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B5708D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>intelligence</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B5708D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B5708D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>tools</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B5708D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B5708D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>were</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B5708D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> not </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B5708D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>used</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B5708D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B5708D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>this</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B5708D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B5708D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>study</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B5708D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="23123B33" w14:textId="77777777" w:rsidR="00B5708D" w:rsidRDefault="00B5708D" w:rsidP="0055213A">
+      <w:pPr>
+        <w:spacing w:after="100"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:p w14:paraId="6FBF3413" w14:textId="77777777" w:rsidR="00A80EAD" w:rsidRDefault="00A80EAD" w:rsidP="0055213A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0E1CCA75" w14:textId="5412C93E" w:rsidR="0055213A" w:rsidRPr="0055213A" w:rsidRDefault="0055213A" w:rsidP="0055213A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0055213A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Yukarıda belirtilen kriterler International Committee of Medical Journal Editors (ICMJE) tarafından tavsiye edilen ve tüm bilim dallarında yaygınlaşan yazarlık prensiplerini temel almaktadır. Ayrıntılı bilgi için: </w:t>
+        <w:t xml:space="preserve">Yukarıda belirtilen </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0055213A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>kriterler</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0055213A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> International </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0055213A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Committee</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0055213A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0055213A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Medical</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0055213A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0055213A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Journal</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0055213A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0055213A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Editors</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0055213A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (ICMJE) tarafından tavsiye edilen ve tüm bilim dallarında yaygınlaşan yazarlık prensiplerini temel almaktadır. Ayrıntılı bilgi için: </w:t>
       </w:r>
       <w:hyperlink r:id="rId5" w:history="1">
         <w:r w:rsidRPr="0055213A">
           <w:rPr>
             <w:rStyle w:val="Kpr"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>http://www.icmje.org/recommendations/browse/roles-and-responsibilities/defining-the-role-of-authors-and-contributors.html</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="59FBD76E" w14:textId="77777777" w:rsidR="0055213A" w:rsidRPr="0055213A" w:rsidRDefault="0055213A" w:rsidP="0055213A">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="68AF4DFB" w14:textId="77777777" w:rsidR="0055213A" w:rsidRPr="0055213A" w:rsidRDefault="0055213A" w:rsidP="00A80EAD">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0055213A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Bütün yazarların makaleye kayda değer katkıda bulunduklarını, makalenin nihai halini onayladıklarını ve Journal of Academic Analyisis’e gönderilmesinde hemfikir olduklarını teyit ederim.</w:t>
+        <w:t xml:space="preserve">Bütün yazarların makaleye kayda değer katkıda bulunduklarını, makalenin nihai halini onayladıklarını ve </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0055213A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Journal</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0055213A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0055213A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Academic</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0055213A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0055213A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Analyisis’e</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0055213A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> gönderilmesinde hemfikir olduklarını teyit ederim.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0CC56E1E" w14:textId="44465FC7" w:rsidR="0055213A" w:rsidRPr="0055213A" w:rsidRDefault="0055213A" w:rsidP="0055213A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0055213A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
         <w:t>SORUMLU YAZAR</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -1328,140 +4585,118 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>İMZA</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="238E65B7" w14:textId="77777777" w:rsidR="0055213A" w:rsidRDefault="0055213A" w:rsidP="0055213A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0D1E3FD5" w14:textId="28E0D0F5" w:rsidR="0055213A" w:rsidRPr="0055213A" w:rsidRDefault="0055213A" w:rsidP="0055213A">
+    <w:p w14:paraId="6BEAEC89" w14:textId="564B9857" w:rsidR="0055213A" w:rsidRPr="008611E2" w:rsidRDefault="0055213A" w:rsidP="008611E2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0055213A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>TARİH</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
     </w:p>
-    <w:p w14:paraId="18D619FA" w14:textId="77777777" w:rsidR="0055213A" w:rsidRPr="0055213A" w:rsidRDefault="0055213A" w:rsidP="0055213A">
-[...23 lines deleted...]
-    <w:sectPr w:rsidR="0055213A" w:rsidRPr="0055213A">
+    <w:sectPr w:rsidR="0055213A" w:rsidRPr="008611E2">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="A2"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="A2"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="A2"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="54D65E92"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="75A84C5A"/>
     <w:lvl w:ilvl="0" w:tplc="7D2A30BA">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041F0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -1514,146 +4749,150 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041F001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
   <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="008F1D00"/>
     <w:rsid w:val="00071B4F"/>
     <w:rsid w:val="001E4D71"/>
     <w:rsid w:val="00200527"/>
     <w:rsid w:val="002421A8"/>
     <w:rsid w:val="003B0F9C"/>
     <w:rsid w:val="00493A23"/>
     <w:rsid w:val="004F33FE"/>
     <w:rsid w:val="005509A5"/>
     <w:rsid w:val="0055213A"/>
     <w:rsid w:val="00595084"/>
     <w:rsid w:val="00605F01"/>
     <w:rsid w:val="00650E07"/>
     <w:rsid w:val="006812DD"/>
     <w:rsid w:val="00734D05"/>
     <w:rsid w:val="00747DE5"/>
     <w:rsid w:val="00785696"/>
     <w:rsid w:val="007D508D"/>
+    <w:rsid w:val="008611E2"/>
     <w:rsid w:val="008B32D6"/>
     <w:rsid w:val="008F1D00"/>
     <w:rsid w:val="00A80EAD"/>
     <w:rsid w:val="00AF7B78"/>
     <w:rsid w:val="00B04BB6"/>
+    <w:rsid w:val="00B5708D"/>
     <w:rsid w:val="00B63A3A"/>
     <w:rsid w:val="00D91D11"/>
     <w:rsid w:val="00DB1E30"/>
     <w:rsid w:val="00DE6057"/>
+    <w:rsid w:val="00E2560A"/>
     <w:rsid w:val="00E34D61"/>
     <w:rsid w:val="00EA019B"/>
+    <w:rsid w:val="00EF2A04"/>
     <w:rsid w:val="00F47AF6"/>
     <w:rsid w:val="00FA444C"/>
     <w:rsid w:val="00FC2F12"/>
     <w:rsid w:val="00FC6189"/>
     <w:rsid w:val="00FD4EF3"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="tr-TR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
-  <w:decimalSymbol w:val="."/>
-  <w:listSeparator w:val=","/>
+  <w:decimalSymbol w:val=","/>
+  <w:listSeparator w:val=";"/>
   <w14:docId w14:val="13183AA3"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{353C59E1-6FA4-473C-BE17-850C688E7328}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="tr-TR" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -1981,55 +5220,50 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
-    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
-[...3 lines deleted...]
-    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="VarsaylanParagrafYazTipi">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="NormalTablo">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
@@ -2049,51 +5283,51 @@
     <w:rsid w:val="00B63A3A"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListeParagraf">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="0055213A"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:divs>
     <w:div w:id="214851647">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.icmje.org/recommendations/browse/roles-and-responsibilities/defining-the-role-of-authors-and-contributors.html" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
@@ -2341,69 +5575,69 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>354</Words>
-  <Characters>2019</Characters>
+  <Words>529</Words>
+  <Characters>3018</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>16</Lines>
-  <Paragraphs>4</Paragraphs>
+  <Lines>25</Lines>
+  <Paragraphs>7</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Konu Başlığı</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2369</CharactersWithSpaces>
+  <CharactersWithSpaces>3540</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>BRK</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>